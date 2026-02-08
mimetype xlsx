--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -674,51 +674,51 @@
       <c r="B18" s="10">
         <v>193.21000000000001</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="10">
         <v>73.20999999999999</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="10">
         <v>11.36</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="10">
-        <v>107.27</v>
+        <v>68.040000000000006</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>