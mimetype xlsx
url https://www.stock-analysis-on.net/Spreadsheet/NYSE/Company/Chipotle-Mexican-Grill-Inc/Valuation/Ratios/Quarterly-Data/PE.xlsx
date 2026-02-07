--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -546,799 +546,697 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T20"/>
+  <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T20" sqref="T20"/>
+      <selection activeCell="Q20" sqref="Q20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20">
+    </row>
+    <row r="6" spans="1:17">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7">
+        <v>1302423000.0</v>
+      </c>
+      <c r="C6" s="7">
         <v>1322278000.0</v>
       </c>
-      <c r="C6" s="7">
+      <c r="D6" s="7">
         <v>1340885000.0</v>
       </c>
-      <c r="D6" s="7">
+      <c r="E6" s="7">
         <v>1347364000.0</v>
       </c>
-      <c r="E6" s="7">
+      <c r="F6" s="7">
         <v>1355337000.0</v>
       </c>
-      <c r="F6" s="7">
+      <c r="G6" s="7">
         <v>1362593000.0</v>
       </c>
-      <c r="G6" s="7">
+      <c r="H6" s="7">
         <v>1369476000.0</v>
       </c>
-      <c r="H6" s="7">
+      <c r="I6" s="7">
         <v>1373350000.0</v>
       </c>
-      <c r="I6" s="7">
+      <c r="J6" s="7">
         <v>1371058450.0</v>
       </c>
-      <c r="J6" s="7">
+      <c r="K6" s="7">
         <v>1372233000.0</v>
       </c>
-      <c r="K6" s="7">
+      <c r="L6" s="7">
         <v>1379380650.0</v>
       </c>
-      <c r="L6" s="7">
+      <c r="M6" s="7">
         <v>1379492000.0</v>
       </c>
-      <c r="M6" s="7">
+      <c r="N6" s="7">
         <v>1381092350.0</v>
       </c>
-      <c r="N6" s="7">
+      <c r="O6" s="7">
         <v>1386055600.0</v>
       </c>
-      <c r="O6" s="7">
+      <c r="P6" s="7">
         <v>1388232350.0</v>
       </c>
-      <c r="P6" s="7">
+      <c r="Q6" s="7">
         <v>1398122400.0</v>
       </c>
-      <c r="Q6" s="7">
-[...12 lines deleted...]
-    <row r="7" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="7" spans="1:17" customHeight="1" ht="34.8">
       <c r="A7" s="8" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="8" spans="1:20">
+    <row r="8" spans="1:17">
       <c r="A8" s="9" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7">
+        <v>330932.0</v>
+      </c>
+      <c r="C8" s="7">
         <v>382103.0</v>
       </c>
-      <c r="C8" s="7">
+      <c r="D8" s="7">
         <v>436127.0</v>
       </c>
-      <c r="D8" s="7">
+      <c r="E8" s="7">
         <v>386599.0</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>331764.0</v>
       </c>
-      <c r="F8" s="7">
+      <c r="G8" s="7">
         <v>387388.0</v>
       </c>
-      <c r="G8" s="7">
+      <c r="H8" s="7">
         <v>455671.0</v>
       </c>
-      <c r="H8" s="7">
+      <c r="I8" s="7">
         <v>359287.0</v>
       </c>
-      <c r="I8" s="7">
+      <c r="J8" s="7">
         <v>282086.0</v>
       </c>
-      <c r="J8" s="7">
+      <c r="K8" s="7">
         <v>313217.0</v>
       </c>
-      <c r="K8" s="7">
+      <c r="L8" s="7">
         <v>341790.0</v>
       </c>
-      <c r="L8" s="7">
+      <c r="M8" s="7">
         <v>291644.0</v>
       </c>
-      <c r="M8" s="7">
+      <c r="N8" s="7">
         <v>223727.0</v>
       </c>
-      <c r="N8" s="7">
+      <c r="O8" s="7">
         <v>257138.0</v>
       </c>
-      <c r="O8" s="7">
+      <c r="P8" s="7">
         <v>259942.0</v>
       </c>
-      <c r="P8" s="7">
+      <c r="Q8" s="7">
         <v>158294.0</v>
       </c>
-      <c r="Q8" s="7">
-[...12 lines deleted...]
-    <row r="9" spans="1:20">
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="10">
+        <v>1.18</v>
+      </c>
+      <c r="C9" s="10">
         <v>1.16</v>
       </c>
-      <c r="C9" s="10">
+      <c r="D9" s="10">
         <v>1.15</v>
       </c>
-      <c r="D9" s="10">
+      <c r="E9" s="10">
         <v>1.16</v>
       </c>
-      <c r="E9" s="10">
+      <c r="F9" s="10">
         <v>1.13</v>
       </c>
-      <c r="F9" s="10">
+      <c r="G9" s="10">
         <v>1.09</v>
       </c>
-      <c r="G9" s="10">
+      <c r="H9" s="10">
         <v>1.03</v>
       </c>
-      <c r="H9" s="10">
+      <c r="I9" s="10">
         <v>0.94</v>
       </c>
-      <c r="I9" s="10">
+      <c r="J9" s="10">
         <v>0.9</v>
       </c>
-      <c r="J9" s="10">
+      <c r="K9" s="10">
         <v>0.85</v>
       </c>
-      <c r="K9" s="10">
+      <c r="L9" s="10">
         <v>0.81</v>
       </c>
-      <c r="L9" s="10">
+      <c r="M9" s="10">
         <v>0.75</v>
       </c>
-      <c r="M9" s="10">
+      <c r="N9" s="10">
         <v>0.65</v>
       </c>
-      <c r="N9" s="10">
+      <c r="O9" s="10">
         <v>0.58</v>
       </c>
-      <c r="O9" s="10">
+      <c r="P9" s="10">
         <v>0.54</v>
       </c>
-      <c r="P9" s="10">
+      <c r="Q9" s="10">
         <v>0.49</v>
       </c>
-      <c r="Q9" s="10">
-[...12 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="10">
+        <v>39.93</v>
+      </c>
+      <c r="C10" s="10">
         <v>32.53</v>
       </c>
-      <c r="C10" s="10">
+      <c r="D10" s="10">
         <v>45.74</v>
       </c>
-      <c r="D10" s="10">
+      <c r="E10" s="10">
         <v>49.54</v>
       </c>
-      <c r="E10" s="10">
+      <c r="F10" s="10">
         <v>57.51</v>
       </c>
-      <c r="F10" s="10">
+      <c r="G10" s="10">
         <v>55.73</v>
       </c>
-      <c r="G10" s="10">
+      <c r="H10" s="10">
         <v>50.82</v>
       </c>
-      <c r="H10" s="10">
+      <c r="I10" s="10">
         <v>62.24</v>
       </c>
-      <c r="I10" s="10">
+      <c r="J10" s="10">
         <v>52.41</v>
       </c>
-      <c r="J10" s="10">
+      <c r="K10" s="10">
         <v>37.75</v>
       </c>
-      <c r="K10" s="10">
+      <c r="L10" s="10">
         <v>38.25</v>
       </c>
-      <c r="L10" s="10">
+      <c r="M10" s="10">
         <v>40.73</v>
       </c>
-      <c r="M10" s="10">
+      <c r="N10" s="10">
         <v>32.14</v>
       </c>
-      <c r="N10" s="10">
+      <c r="O10" s="10">
         <v>29.52</v>
       </c>
-      <c r="O10" s="10">
+      <c r="P10" s="10">
         <v>30.2</v>
       </c>
-      <c r="P10" s="10">
+      <c r="Q10" s="10">
         <v>30.02</v>
       </c>
-      <c r="Q10" s="10">
-[...12 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="8" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="12">
+        <v>33.86</v>
+      </c>
+      <c r="C12" s="12">
         <v>27.99</v>
       </c>
-      <c r="C12" s="12">
+      <c r="D12" s="12">
         <v>39.78</v>
       </c>
-      <c r="D12" s="12">
+      <c r="E12" s="12">
         <v>42.75</v>
       </c>
-      <c r="E12" s="12">
+      <c r="F12" s="12">
         <v>50.81</v>
       </c>
-      <c r="F12" s="12">
+      <c r="G12" s="12">
         <v>51.16</v>
       </c>
-      <c r="G12" s="12">
+      <c r="H12" s="12">
         <v>49.35</v>
       </c>
-      <c r="H12" s="12">
+      <c r="I12" s="12">
         <v>65.94</v>
       </c>
-      <c r="I12" s="12">
+      <c r="J12" s="12">
         <v>58.48</v>
       </c>
-      <c r="J12" s="12">
+      <c r="K12" s="12">
         <v>44.26</v>
       </c>
-      <c r="K12" s="12">
+      <c r="L12" s="12">
         <v>47.35</v>
       </c>
-      <c r="L12" s="12">
+      <c r="M12" s="12">
         <v>54.42</v>
       </c>
-      <c r="M12" s="12">
+      <c r="N12" s="12">
         <v>49.37</v>
       </c>
-      <c r="N12" s="12">
+      <c r="O12" s="12">
         <v>50.59</v>
       </c>
-      <c r="O12" s="12">
+      <c r="P12" s="12">
         <v>55.45</v>
       </c>
-      <c r="P12" s="12">
+      <c r="Q12" s="12">
         <v>61.35</v>
       </c>
-      <c r="Q12" s="12">
-[...12 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="8" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="13" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="10">
         <v>28.2</v>
       </c>
-      <c r="C15" s="10">
+      <c r="D15" s="10">
         <v>30.89</v>
       </c>
-      <c r="D15" s="10">
+      <c r="E15" s="10">
         <v>30.61</v>
       </c>
-      <c r="E15" s="10">
+      <c r="F15" s="10">
         <v>33.58</v>
       </c>
-      <c r="F15" s="10">
+      <c r="G15" s="10">
         <v>50.83</v>
       </c>
-      <c r="G15" s="10">
+      <c r="H15" s="10">
         <v>17.28</v>
-      </c>
-[...1 lines deleted...]
-        <v>20.59</v>
       </c>
       <c r="I15" s="10">
         <v>20.59</v>
       </c>
       <c r="J15" s="10">
+        <v>20.59</v>
+      </c>
+      <c r="K15" s="10">
         <v>14.19</v>
       </c>
-      <c r="K15" s="10">
+      <c r="L15" s="10">
         <v>39.65</v>
       </c>
-      <c r="L15" s="10">
+      <c r="M15" s="10">
         <v>40.049999999999997</v>
       </c>
-      <c r="M15" s="10">
+      <c r="N15" s="10">
         <v>44.53</v>
       </c>
-      <c r="N15" s="10">
+      <c r="O15" s="10">
         <v>36.29</v>
       </c>
-      <c r="O15" s="10">
+      <c r="P15" s="10">
         <v>59.77</v>
       </c>
-      <c r="P15" s="10">
+      <c r="Q15" s="10">
         <v>96.17</v>
       </c>
-      <c r="Q15" s="10">
-[...12 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="10">
         <v>32.72</v>
       </c>
-      <c r="C16" s="10">
+      <c r="D16" s="10">
         <v>37.65</v>
       </c>
-      <c r="D16" s="10">
+      <c r="E16" s="10">
         <v>29.37</v>
       </c>
-      <c r="E16" s="10">
+      <c r="F16" s="10">
         <v>28.0</v>
       </c>
-      <c r="F16" s="10">
+      <c r="G16" s="10">
         <v>29.34</v>
       </c>
-      <c r="G16" s="10">
+      <c r="H16" s="10">
         <v>24.42</v>
       </c>
-      <c r="H16" s="10">
+      <c r="I16" s="10">
         <v>24.55</v>
       </c>
-      <c r="I16" s="10">
+      <c r="J16" s="10">
         <v>31.09</v>
       </c>
-      <c r="J16" s="10">
+      <c r="K16" s="10">
         <v>18.68</v>
       </c>
-      <c r="K16" s="10">
+      <c r="L16" s="10">
         <v>22.74</v>
       </c>
-      <c r="L16" s="10">
+      <c r="M16" s="10">
         <v>23.9</v>
       </c>
-      <c r="M16" s="10">
+      <c r="N16" s="10">
         <v>29.87</v>
       </c>
-      <c r="N16" s="10">
+      <c r="O16" s="10">
         <v>28.26</v>
       </c>
-      <c r="O16" s="10">
+      <c r="P16" s="10">
         <v>50.57</v>
       </c>
-      <c r="P16" s="10">
+      <c r="Q16" s="10">
         <v>164.31999999999999</v>
       </c>
-      <c r="Q16" s="10">
-[...12 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="10">
         <v>98.12</v>
       </c>
-      <c r="C17" s="10">
+      <c r="D17" s="10">
         <v>141.16999999999999</v>
       </c>
-      <c r="D17" s="10">
+      <c r="E17" s="10">
         <v>221.22999999999999</v>
       </c>
-      <c r="E17" s="10">
+      <c r="F17" s="10">
         <v>728.77999999999997</v>
       </c>
-      <c r="F17" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="10">
         <v>0.0</v>
       </c>
       <c r="H17" s="10">
         <v>0.0</v>
       </c>
       <c r="I17" s="10">
         <v>0.0</v>
       </c>
       <c r="J17" s="10">
         <v>0.0</v>
       </c>
       <c r="K17" s="10">
         <v>0.0</v>
       </c>
       <c r="L17" s="10">
         <v>0.0</v>
       </c>
       <c r="M17" s="10">
         <v>0.0</v>
       </c>
       <c r="N17" s="10">
         <v>0.0</v>
       </c>
       <c r="O17" s="10">
         <v>0.0</v>
       </c>
       <c r="P17" s="10">
         <v>0.0</v>
       </c>
       <c r="Q17" s="10">
         <v>0.0</v>
       </c>
-      <c r="R17" s="10">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="10">
         <v>25.87</v>
       </c>
-      <c r="C18" s="10">
+      <c r="D18" s="10">
         <v>26.16</v>
       </c>
-      <c r="D18" s="10">
+      <c r="E18" s="10">
         <v>27.33</v>
       </c>
-      <c r="E18" s="10">
+      <c r="F18" s="10">
         <v>27.0</v>
       </c>
-      <c r="F18" s="10">
+      <c r="G18" s="10">
         <v>25.61</v>
       </c>
-      <c r="G18" s="10">
+      <c r="H18" s="10">
         <v>23.42</v>
       </c>
-      <c r="H18" s="10">
+      <c r="I18" s="10">
         <v>22.51</v>
       </c>
-      <c r="I18" s="10">
+      <c r="J18" s="10">
         <v>25.23</v>
       </c>
-      <c r="J18" s="10">
+      <c r="K18" s="10">
         <v>23.23</v>
       </c>
-      <c r="K18" s="10">
+      <c r="L18" s="10">
         <v>26.39</v>
       </c>
-      <c r="L18" s="10">
+      <c r="M18" s="10">
         <v>31.34</v>
       </c>
-      <c r="M18" s="10">
+      <c r="N18" s="10">
         <v>31.22</v>
       </c>
-      <c r="N18" s="10">
+      <c r="O18" s="10">
         <v>34.24</v>
       </c>
-      <c r="O18" s="10">
+      <c r="P18" s="10">
         <v>31.53</v>
       </c>
-      <c r="P18" s="10">
+      <c r="Q18" s="10">
         <v>25.65</v>
       </c>
-      <c r="Q18" s="10">
-[...12 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="10">
+        <v>51.93</v>
+      </c>
+      <c r="C19" s="10">
         <v>40.14</v>
       </c>
-      <c r="C19" s="10">
+      <c r="D19" s="10">
         <v>30.82</v>
       </c>
-      <c r="D19" s="10">
+      <c r="E19" s="10">
         <v>32.43</v>
       </c>
-      <c r="E19" s="10">
+      <c r="F19" s="10">
         <v>29.62</v>
       </c>
-      <c r="F19" s="10">
+      <c r="G19" s="10">
         <v>21.14</v>
       </c>
-      <c r="G19" s="10">
+      <c r="H19" s="10">
         <v>24.11</v>
       </c>
-      <c r="H19" s="10">
+      <c r="I19" s="10">
         <v>24.81</v>
       </c>
-      <c r="I19" s="10">
+      <c r="J19" s="10">
         <v>29.09</v>
       </c>
-      <c r="J19" s="10">
+      <c r="K19" s="10">
         <v>30.66</v>
       </c>
-      <c r="K19" s="10">
+      <c r="L19" s="10">
         <v>36.91</v>
       </c>
-      <c r="L19" s="10">
+      <c r="M19" s="10">
         <v>37.77</v>
       </c>
-      <c r="M19" s="10">
+      <c r="N19" s="10">
         <v>34.26</v>
       </c>
-      <c r="N19" s="10">
+      <c r="O19" s="10">
         <v>23.050000000000001</v>
       </c>
-      <c r="O19" s="10">
+      <c r="P19" s="10">
         <v>19.34</v>
       </c>
-      <c r="P19" s="10">
+      <c r="Q19" s="10">
         <v>25.86</v>
       </c>
-      <c r="Q19" s="10">
-[...12 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="15"/>
       <c r="C20" s="15"/>
       <c r="D20" s="15"/>
       <c r="E20" s="15"/>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15"/>
       <c r="I20" s="15"/>
       <c r="J20" s="15"/>
       <c r="K20" s="15"/>
       <c r="L20" s="15"/>
       <c r="M20" s="15"/>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
-      <c r="R20" s="15"/>
-[...1 lines deleted...]
-      <c r="T20" s="15"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">