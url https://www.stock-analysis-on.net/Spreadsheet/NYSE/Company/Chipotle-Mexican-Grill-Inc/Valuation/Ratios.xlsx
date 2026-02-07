--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -746,51 +746,51 @@
         <v>4</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="7">
-        <v>38.45</v>
+        <v>39.39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="8">
         <v>1322278000.0</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="9">
         <v>0.3318</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="7">
         <v>1.16</v>
       </c>
@@ -815,217 +815,217 @@
       <c r="A13" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="7">
         <v>8.56</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="7">
         <v>2.76</v>
       </c>
     </row>
     <row r="15" spans="1:9" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="10">
-        <v>33.14</v>
+        <v>33.95</v>
       </c>
       <c r="C16" s="10">
-        <v>28.19</v>
+        <v>28.4</v>
       </c>
       <c r="D16" s="10">
-        <v>24.35</v>
+        <v>24.43</v>
       </c>
       <c r="E16" s="10">
-        <v>644.25999999999999</v>
+        <v>639.38</v>
       </c>
       <c r="F16" s="10">
-        <v>28.02</v>
+        <v>28.33</v>
       </c>
       <c r="G16" s="10">
-        <v>58.96</v>
+        <v>61.030000000000001</v>
       </c>
       <c r="H16" s="10">
-        <v>31.02</v>
+        <v>31.39</v>
       </c>
       <c r="I16" s="10">
-        <v>40.46</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="10">
-        <v>24.88</v>
+        <v>25.49</v>
       </c>
       <c r="C17" s="10">
-        <v>32.17</v>
+        <v>32.41</v>
       </c>
       <c r="D17" s="10">
-        <v>15.95</v>
+        <v>16.0</v>
       </c>
       <c r="E17" s="10">
-        <v>721.92999999999995</v>
+        <v>716.47000000000003</v>
       </c>
       <c r="F17" s="10">
         <v>0.0</v>
       </c>
       <c r="G17" s="10">
         <v>0.0</v>
       </c>
       <c r="H17" s="10">
-        <v>8.24</v>
+        <v>8.34</v>
       </c>
       <c r="I17" s="10">
-        <v>33.15</v>
+        <v>32.76</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="10">
-        <v>1.0</v>
+        <v>1.02</v>
       </c>
       <c r="C18" s="10">
         <v>0.0</v>
       </c>
       <c r="D18" s="10">
         <v>0.46</v>
       </c>
       <c r="E18" s="10">
         <v>0.0</v>
       </c>
       <c r="F18" s="10">
         <v>0.0</v>
       </c>
       <c r="G18" s="10">
         <v>0.0</v>
       </c>
       <c r="H18" s="10">
         <v>0.11</v>
       </c>
       <c r="I18" s="10">
-        <v>1.83</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="10">
-        <v>26.53</v>
+        <v>27.18</v>
       </c>
       <c r="C19" s="10">
-        <v>29.24</v>
+        <v>29.46</v>
       </c>
       <c r="D19" s="10">
-        <v>18.96</v>
+        <v>19.02</v>
       </c>
       <c r="E19" s="10">
         <v>0.0</v>
       </c>
       <c r="F19" s="10">
-        <v>19.67</v>
+        <v>19.89</v>
       </c>
       <c r="G19" s="10">
-        <v>37.27</v>
+        <v>38.58</v>
       </c>
       <c r="H19" s="10">
-        <v>23.63</v>
+        <v>23.91</v>
       </c>
       <c r="I19" s="10">
-        <v>32.36</v>
+        <v>31.98</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="10">
-        <v>4.49</v>
+        <v>4.6</v>
       </c>
       <c r="C20" s="10">
-        <v>6.72</v>
+        <v>6.77</v>
       </c>
       <c r="D20" s="10">
-        <v>6.03</v>
+        <v>6.05</v>
       </c>
       <c r="E20" s="10">
-        <v>7.39</v>
+        <v>7.33</v>
       </c>
       <c r="F20" s="10">
-        <v>8.89</v>
+        <v>8.99</v>
       </c>
       <c r="G20" s="10">
-        <v>2.94</v>
+        <v>3.05</v>
       </c>
       <c r="H20" s="10">
-        <v>5.78</v>
+        <v>5.85</v>
       </c>
       <c r="I20" s="10">
-        <v>3.55</v>
+        <v>3.51</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="10">
-        <v>13.91</v>
+        <v>14.25</v>
       </c>
       <c r="C21" s="10">
-        <v>8.87</v>
+        <v>8.94</v>
       </c>
       <c r="D21" s="10">
         <v>0.0</v>
       </c>
       <c r="E21" s="10">
-        <v>10.16</v>
+        <v>10.08</v>
       </c>
       <c r="F21" s="10">
         <v>0.0</v>
       </c>
       <c r="G21" s="10">
         <v>0.0</v>
       </c>
       <c r="H21" s="10">
-        <v>149.37</v>
+        <v>151.13</v>
       </c>
       <c r="I21" s="10">
-        <v>11.4</v>
+        <v>11.27</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
       <c r="I22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>