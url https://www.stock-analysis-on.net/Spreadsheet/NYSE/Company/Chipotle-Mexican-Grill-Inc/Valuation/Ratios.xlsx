--- v1 (2026-02-07)
+++ v2 (2026-02-07)
@@ -754,278 +754,278 @@
       <c r="H4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="7">
         <v>39.39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="8">
-        <v>1322278000.0</v>
+        <v>1302423000.0</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="9">
-        <v>0.3318</v>
+        <v>0.4041</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="7">
-        <v>1.16</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="7">
-        <v>1.55</v>
+        <v>1.66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="7">
-        <v>1.45</v>
+        <v>1.49</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="7">
-        <v>8.56</v>
+        <v>9.16</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="7">
-        <v>2.76</v>
+        <v>2.17</v>
       </c>
     </row>
     <row r="15" spans="1:9" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="10">
-        <v>33.95</v>
+        <v>33.41</v>
       </c>
       <c r="C16" s="10">
         <v>28.4</v>
       </c>
       <c r="D16" s="10">
         <v>24.43</v>
       </c>
       <c r="E16" s="10">
         <v>639.38</v>
       </c>
       <c r="F16" s="10">
         <v>28.33</v>
       </c>
       <c r="G16" s="10">
         <v>61.030000000000001</v>
       </c>
       <c r="H16" s="10">
-        <v>31.39</v>
+        <v>31.35</v>
       </c>
       <c r="I16" s="10">
-        <v>39.99</v>
+        <v>40.049999999999997</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="10">
-        <v>25.49</v>
+        <v>23.79</v>
       </c>
       <c r="C17" s="10">
         <v>32.41</v>
       </c>
       <c r="D17" s="10">
         <v>16.0</v>
       </c>
       <c r="E17" s="10">
         <v>716.47000000000003</v>
       </c>
       <c r="F17" s="10">
         <v>0.0</v>
       </c>
       <c r="G17" s="10">
         <v>0.0</v>
       </c>
       <c r="H17" s="10">
-        <v>8.34</v>
+        <v>8.33</v>
       </c>
       <c r="I17" s="10">
-        <v>32.76</v>
+        <v>32.82</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="10">
-        <v>1.02</v>
+        <v>0.83</v>
       </c>
       <c r="C18" s="10">
         <v>0.0</v>
       </c>
       <c r="D18" s="10">
         <v>0.46</v>
       </c>
       <c r="E18" s="10">
         <v>0.0</v>
       </c>
       <c r="F18" s="10">
         <v>0.0</v>
       </c>
       <c r="G18" s="10">
         <v>0.0</v>
       </c>
       <c r="H18" s="10">
         <v>0.11</v>
       </c>
       <c r="I18" s="10">
-        <v>1.81</v>
+        <v>1.82</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="10">
-        <v>27.18</v>
+        <v>26.5</v>
       </c>
       <c r="C19" s="10">
         <v>29.46</v>
       </c>
       <c r="D19" s="10">
         <v>19.02</v>
       </c>
       <c r="E19" s="10">
         <v>0.0</v>
       </c>
       <c r="F19" s="10">
         <v>19.89</v>
       </c>
       <c r="G19" s="10">
         <v>38.58</v>
       </c>
       <c r="H19" s="10">
-        <v>23.91</v>
+        <v>23.88</v>
       </c>
       <c r="I19" s="10">
-        <v>31.98</v>
+        <v>32.030000000000001</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="10">
-        <v>4.6</v>
+        <v>4.3</v>
       </c>
       <c r="C20" s="10">
         <v>6.77</v>
       </c>
       <c r="D20" s="10">
         <v>6.05</v>
       </c>
       <c r="E20" s="10">
         <v>7.33</v>
       </c>
       <c r="F20" s="10">
         <v>8.99</v>
       </c>
       <c r="G20" s="10">
         <v>3.05</v>
       </c>
       <c r="H20" s="10">
-        <v>5.85</v>
+        <v>5.84</v>
       </c>
       <c r="I20" s="10">
         <v>3.51</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="10">
-        <v>14.25</v>
+        <v>18.12</v>
       </c>
       <c r="C21" s="10">
         <v>8.94</v>
       </c>
       <c r="D21" s="10">
         <v>0.0</v>
       </c>
       <c r="E21" s="10">
         <v>10.08</v>
       </c>
       <c r="F21" s="10">
         <v>0.0</v>
       </c>
       <c r="G21" s="10">
         <v>0.0</v>
       </c>
       <c r="H21" s="10">
-        <v>151.13</v>
+        <v>150.96000000000001</v>
       </c>
       <c r="I21" s="10">
-        <v>11.27</v>
+        <v>11.28</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
       <c r="I22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
@@ -1033,1377 +1033,1377 @@
   </sheetPr>
   <dimension ref="A1:F9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F9" sqref="F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="12">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="12">
         <v>45657</v>
       </c>
-      <c r="C4" s="12">
+      <c r="D4" s="12">
         <v>45291</v>
       </c>
-      <c r="D4" s="12">
+      <c r="E4" s="12">
         <v>44926</v>
       </c>
-      <c r="E4" s="12">
+      <c r="F4" s="12">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="10">
+        <v>33.86</v>
+      </c>
+      <c r="C5" s="10">
         <v>50.81</v>
       </c>
-      <c r="C5" s="10">
+      <c r="D5" s="10">
         <v>58.48</v>
       </c>
-      <c r="D5" s="10">
+      <c r="E5" s="10">
         <v>49.37</v>
       </c>
-      <c r="E5" s="10">
+      <c r="F5" s="10">
         <v>67.030000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>122.18000000000001</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B6" s="10">
+        <v>26.87</v>
+      </c>
+      <c r="C6" s="10">
         <v>40.67</v>
       </c>
-      <c r="C6" s="10">
+      <c r="D6" s="10">
         <v>46.13</v>
       </c>
-      <c r="D6" s="10">
+      <c r="E6" s="10">
         <v>38.25</v>
       </c>
-      <c r="E6" s="10">
+      <c r="F6" s="10">
         <v>54.38</v>
-      </c>
-[...1 lines deleted...]
-        <v>149.81</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="10">
+        <v>4.36</v>
+      </c>
+      <c r="C7" s="10">
         <v>6.89</v>
       </c>
-      <c r="C7" s="10">
+      <c r="D7" s="10">
         <v>7.28</v>
       </c>
-      <c r="D7" s="10">
+      <c r="E7" s="10">
         <v>5.14</v>
       </c>
-      <c r="E7" s="10">
+      <c r="F7" s="10">
         <v>5.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>7.26</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="10">
+        <v>18.37</v>
+      </c>
+      <c r="C8" s="10">
         <v>21.32</v>
       </c>
-      <c r="C8" s="10">
+      <c r="D8" s="10">
         <v>23.47</v>
       </c>
-      <c r="D8" s="10">
+      <c r="E8" s="10">
         <v>18.74</v>
       </c>
-      <c r="E8" s="10">
+      <c r="F8" s="10">
         <v>19.050000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>21.52</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="11"/>
       <c r="C9" s="11"/>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F23"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F23" sqref="F23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="12">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="12">
         <v>45657</v>
       </c>
-      <c r="C4" s="12">
+      <c r="D4" s="12">
         <v>45291</v>
       </c>
-      <c r="D4" s="12">
+      <c r="E4" s="12">
         <v>44926</v>
       </c>
-      <c r="E4" s="12">
+      <c r="F4" s="12">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="8">
+        <v>1302423000.0</v>
+      </c>
+      <c r="C5" s="8">
         <v>1355337000.0</v>
       </c>
-      <c r="C5" s="8">
+      <c r="D5" s="8">
         <v>1371058450.0</v>
       </c>
-      <c r="D5" s="8">
+      <c r="E5" s="8">
         <v>1381092350.0</v>
       </c>
-      <c r="E5" s="8">
+      <c r="F5" s="8">
         <v>1401597400.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1407203250.0</v>
       </c>
     </row>
     <row r="6" spans="1:6" customHeight="1" ht="34.8">
       <c r="A6" s="5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B7" s="8">
+        <v>1535761.0</v>
+      </c>
+      <c r="C7" s="8">
         <v>1534110.0</v>
       </c>
-      <c r="C7" s="8">
+      <c r="D7" s="8">
         <v>1228737.0</v>
       </c>
-      <c r="D7" s="8">
+      <c r="E7" s="8">
         <v>899101.0</v>
       </c>
-      <c r="E7" s="8">
+      <c r="F7" s="8">
         <v>652984.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>355766.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="10">
+        <v>1.18</v>
+      </c>
+      <c r="C8" s="10">
         <v>1.13</v>
       </c>
-      <c r="C8" s="10">
+      <c r="D8" s="10">
         <v>0.9</v>
       </c>
-      <c r="D8" s="10">
+      <c r="E8" s="10">
         <v>0.65</v>
       </c>
-      <c r="E8" s="10">
+      <c r="F8" s="10">
         <v>0.47</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.25</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="10">
+        <v>39.93</v>
+      </c>
+      <c r="C9" s="10">
         <v>57.51</v>
       </c>
-      <c r="C9" s="10">
+      <c r="D9" s="10">
         <v>52.41</v>
       </c>
-      <c r="D9" s="10">
+      <c r="E9" s="10">
         <v>32.14</v>
       </c>
-      <c r="E9" s="10">
+      <c r="F9" s="10">
         <v>31.23</v>
-      </c>
-[...1 lines deleted...]
-        <v>30.89</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="14" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="15">
+        <v>33.86</v>
+      </c>
+      <c r="C11" s="15">
         <v>50.81</v>
       </c>
-      <c r="C11" s="15">
+      <c r="D11" s="15">
         <v>58.48</v>
       </c>
-      <c r="D11" s="15">
+      <c r="E11" s="15">
         <v>49.37</v>
       </c>
-      <c r="E11" s="15">
+      <c r="F11" s="15">
         <v>67.030000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>122.18000000000001</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="16" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>2</v>
       </c>
       <c r="B14" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="10">
         <v>33.58</v>
       </c>
-      <c r="C14" s="10">
+      <c r="D14" s="10">
         <v>20.59</v>
       </c>
-      <c r="D14" s="10">
+      <c r="E14" s="10">
         <v>44.53</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="F14" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="10">
         <v>28.0</v>
       </c>
-      <c r="C15" s="10">
+      <c r="D15" s="10">
         <v>31.09</v>
       </c>
-      <c r="D15" s="10">
+      <c r="E15" s="10">
         <v>29.87</v>
       </c>
-      <c r="E15" s="10">
+      <c r="F15" s="10">
         <v>86.68000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>1696.44000000000005</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="10">
         <v>728.77999999999997</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="D16" s="10">
         <v>0.0</v>
       </c>
       <c r="E16" s="10">
         <v>0.0</v>
       </c>
       <c r="F16" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="10">
         <v>27.0</v>
       </c>
-      <c r="C17" s="10">
+      <c r="D17" s="10">
         <v>25.23</v>
       </c>
-      <c r="D17" s="10">
+      <c r="E17" s="10">
         <v>31.22</v>
       </c>
-      <c r="E17" s="10">
+      <c r="F17" s="10">
         <v>24.15</v>
-      </c>
-[...1 lines deleted...]
-        <v>33.31</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="10">
+        <v>51.93</v>
+      </c>
+      <c r="C18" s="10">
         <v>29.62</v>
       </c>
-      <c r="C18" s="10">
+      <c r="D18" s="10">
         <v>29.09</v>
       </c>
-      <c r="D18" s="10">
+      <c r="E18" s="10">
         <v>34.26</v>
       </c>
-      <c r="E18" s="10">
+      <c r="F18" s="10">
         <v>30.95</v>
-      </c>
-[...1 lines deleted...]
-        <v>118.26000000000001</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="16" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="10">
         <v>34.039999999999999</v>
       </c>
-      <c r="C20" s="10">
+      <c r="D20" s="10">
         <v>30.62</v>
       </c>
-      <c r="D20" s="10">
+      <c r="E20" s="10">
         <v>39.2</v>
       </c>
-      <c r="E20" s="10">
+      <c r="F20" s="10">
         <v>46.48</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="28.8">
       <c r="A21" s="16" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="10">
         <v>39.33</v>
       </c>
-      <c r="C22" s="10">
+      <c r="D22" s="10">
         <v>33.63</v>
       </c>
-      <c r="D22" s="10">
+      <c r="E22" s="10">
         <v>46.009999999999998</v>
       </c>
-      <c r="E22" s="10">
+      <c r="F22" s="10">
         <v>39.27</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="11"/>
       <c r="C23" s="11"/>
       <c r="D23" s="11"/>
       <c r="E23" s="11"/>
       <c r="F23" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F23"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F23" sqref="F23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="12">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="12">
         <v>45657</v>
       </c>
-      <c r="C4" s="12">
+      <c r="D4" s="12">
         <v>45291</v>
       </c>
-      <c r="D4" s="12">
+      <c r="E4" s="12">
         <v>44926</v>
       </c>
-      <c r="E4" s="12">
+      <c r="F4" s="12">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="8">
+        <v>1302423000.0</v>
+      </c>
+      <c r="C5" s="8">
         <v>1355337000.0</v>
       </c>
-      <c r="C5" s="8">
+      <c r="D5" s="8">
         <v>1371058450.0</v>
       </c>
-      <c r="D5" s="8">
+      <c r="E5" s="8">
         <v>1381092350.0</v>
       </c>
-      <c r="E5" s="8">
+      <c r="F5" s="8">
         <v>1401597400.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1407203250.0</v>
       </c>
     </row>
     <row r="6" spans="1:6" customHeight="1" ht="34.8">
       <c r="A6" s="5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="B7" s="8">
+        <v>1935798.0</v>
+      </c>
+      <c r="C7" s="8">
         <v>1916333.0</v>
       </c>
-      <c r="C7" s="8">
+      <c r="D7" s="8">
         <v>1557813.0</v>
       </c>
-      <c r="D7" s="8">
+      <c r="E7" s="8">
         <v>1160403.0</v>
       </c>
-      <c r="E7" s="8">
+      <c r="F7" s="8">
         <v>804943.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>290164.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="10">
+        <v>1.49</v>
+      </c>
+      <c r="C8" s="10">
         <v>1.41</v>
       </c>
-      <c r="C8" s="10">
+      <c r="D8" s="10">
         <v>1.14</v>
       </c>
-      <c r="D8" s="10">
+      <c r="E8" s="10">
         <v>0.84</v>
       </c>
-      <c r="E8" s="10">
+      <c r="F8" s="10">
         <v>0.57</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.21</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="10">
+        <v>39.93</v>
+      </c>
+      <c r="C9" s="10">
         <v>57.51</v>
       </c>
-      <c r="C9" s="10">
+      <c r="D9" s="10">
         <v>52.41</v>
       </c>
-      <c r="D9" s="10">
+      <c r="E9" s="10">
         <v>32.14</v>
       </c>
-      <c r="E9" s="10">
+      <c r="F9" s="10">
         <v>31.23</v>
-      </c>
-[...1 lines deleted...]
-        <v>30.89</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="14" t="s">
         <v>39</v>
       </c>
       <c r="B11" s="15">
+        <v>26.87</v>
+      </c>
+      <c r="C11" s="15">
         <v>40.67</v>
       </c>
-      <c r="C11" s="15">
+      <c r="D11" s="15">
         <v>46.13</v>
       </c>
-      <c r="D11" s="15">
+      <c r="E11" s="15">
         <v>38.25</v>
       </c>
-      <c r="E11" s="15">
+      <c r="F11" s="15">
         <v>54.38</v>
-      </c>
-[...1 lines deleted...]
-        <v>149.81</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="16" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>2</v>
       </c>
       <c r="B14" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="10">
         <v>34.83</v>
       </c>
-      <c r="C14" s="10">
+      <c r="D14" s="10">
         <v>65.010000000000005</v>
       </c>
-      <c r="D14" s="10">
+      <c r="E14" s="10">
         <v>46.78</v>
       </c>
-      <c r="E14" s="10">
+      <c r="F14" s="10">
         <v>232.24000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="10">
         <v>21.8</v>
       </c>
-      <c r="C15" s="10">
+      <c r="D15" s="10">
         <v>22.85</v>
       </c>
-      <c r="D15" s="10">
+      <c r="E15" s="10">
         <v>17.91</v>
       </c>
-      <c r="E15" s="10">
+      <c r="F15" s="10">
         <v>40.46</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="10">
         <v>0.0</v>
       </c>
       <c r="C16" s="10">
         <v>0.0</v>
       </c>
       <c r="D16" s="10">
         <v>0.0</v>
       </c>
       <c r="E16" s="10">
         <v>0.0</v>
       </c>
       <c r="F16" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="10">
         <v>18.95</v>
       </c>
-      <c r="C17" s="10">
+      <c r="D17" s="10">
         <v>18.35</v>
       </c>
-      <c r="D17" s="10">
+      <c r="E17" s="10">
         <v>20.58</v>
       </c>
-      <c r="E17" s="10">
+      <c r="F17" s="10">
         <v>17.59</v>
-      </c>
-[...1 lines deleted...]
-        <v>21.51</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="10">
+        <v>32.83</v>
+      </c>
+      <c r="C18" s="10">
         <v>20.6</v>
       </c>
-      <c r="C18" s="10">
+      <c r="D18" s="10">
         <v>20.44</v>
       </c>
-      <c r="D18" s="10">
+      <c r="E18" s="10">
         <v>24.35</v>
       </c>
-      <c r="E18" s="10">
+      <c r="F18" s="10">
         <v>26.68</v>
-      </c>
-[...1 lines deleted...]
-        <v>70.29000000000001</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="16" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="10">
         <v>25.92</v>
       </c>
-      <c r="C20" s="10">
+      <c r="D20" s="10">
         <v>26.47</v>
       </c>
-      <c r="D20" s="10">
+      <c r="E20" s="10">
         <v>26.12</v>
       </c>
-      <c r="E20" s="10">
+      <c r="F20" s="10">
         <v>32.009999999999998</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="28.8">
       <c r="A21" s="16" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="10">
         <v>31.45</v>
       </c>
-      <c r="C22" s="10">
+      <c r="D22" s="10">
         <v>29.18</v>
       </c>
-      <c r="D22" s="10">
+      <c r="E22" s="10">
         <v>27.24</v>
       </c>
-      <c r="E22" s="10">
+      <c r="F22" s="10">
         <v>41.030000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="11"/>
       <c r="C23" s="11"/>
       <c r="D23" s="11"/>
       <c r="E23" s="11"/>
       <c r="F23" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F23"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F23" sqref="F23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="12">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="12">
         <v>45657</v>
       </c>
-      <c r="C4" s="12">
+      <c r="D4" s="12">
         <v>45291</v>
       </c>
-      <c r="D4" s="12">
+      <c r="E4" s="12">
         <v>44926</v>
       </c>
-      <c r="E4" s="12">
+      <c r="F4" s="12">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="8">
+        <v>1302423000.0</v>
+      </c>
+      <c r="C5" s="8">
         <v>1355337000.0</v>
       </c>
-      <c r="C5" s="8">
+      <c r="D5" s="8">
         <v>1371058450.0</v>
       </c>
-      <c r="D5" s="8">
+      <c r="E5" s="8">
         <v>1381092350.0</v>
       </c>
-      <c r="E5" s="8">
+      <c r="F5" s="8">
         <v>1401597400.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1407203250.0</v>
       </c>
     </row>
     <row r="6" spans="1:6" customHeight="1" ht="34.8">
       <c r="A6" s="5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="B7" s="8">
+        <v>11925601.0</v>
+      </c>
+      <c r="C7" s="8">
         <v>11313853.0</v>
       </c>
-      <c r="C7" s="8">
+      <c r="D7" s="8">
         <v>9871649.0</v>
       </c>
-      <c r="D7" s="8">
+      <c r="E7" s="8">
         <v>8634652.0</v>
       </c>
-      <c r="E7" s="8">
+      <c r="F7" s="8">
         <v>7547061.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5984634.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10">
+        <v>9.16</v>
+      </c>
+      <c r="C8" s="10">
         <v>8.35</v>
       </c>
-      <c r="C8" s="10">
+      <c r="D8" s="10">
         <v>7.2</v>
       </c>
-      <c r="D8" s="10">
+      <c r="E8" s="10">
         <v>6.25</v>
       </c>
-      <c r="E8" s="10">
+      <c r="F8" s="10">
         <v>5.38</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.25</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="10">
+        <v>39.93</v>
+      </c>
+      <c r="C9" s="10">
         <v>57.51</v>
       </c>
-      <c r="C9" s="10">
+      <c r="D9" s="10">
         <v>52.41</v>
       </c>
-      <c r="D9" s="10">
+      <c r="E9" s="10">
         <v>32.14</v>
       </c>
-      <c r="E9" s="10">
+      <c r="F9" s="10">
         <v>31.23</v>
-      </c>
-[...1 lines deleted...]
-        <v>30.89</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="14" t="s">
         <v>45</v>
       </c>
       <c r="B11" s="15">
+        <v>4.36</v>
+      </c>
+      <c r="C11" s="15">
         <v>6.89</v>
       </c>
-      <c r="C11" s="15">
+      <c r="D11" s="15">
         <v>7.28</v>
       </c>
-      <c r="D11" s="15">
+      <c r="E11" s="15">
         <v>5.14</v>
       </c>
-      <c r="E11" s="15">
+      <c r="F11" s="15">
         <v>5.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>7.26</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="16" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>2</v>
       </c>
       <c r="B14" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="10">
         <v>8.0099999999999998</v>
       </c>
-      <c r="C14" s="10">
+      <c r="D14" s="10">
         <v>9.95</v>
       </c>
-      <c r="D14" s="10">
+      <c r="E14" s="10">
         <v>10.039999999999999</v>
       </c>
-      <c r="E14" s="10">
+      <c r="F14" s="10">
         <v>16.64</v>
-      </c>
-[...1 lines deleted...]
-        <v>37.16</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="10">
         <v>6.94</v>
       </c>
-      <c r="C15" s="10">
+      <c r="D15" s="10">
         <v>6.24</v>
       </c>
-      <c r="D15" s="10">
+      <c r="E15" s="10">
         <v>5.35</v>
       </c>
-      <c r="E15" s="10">
+      <c r="F15" s="10">
         <v>9.22</v>
-      </c>
-[...1 lines deleted...]
-        <v>14.73</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="10">
         <v>8.36</v>
       </c>
-      <c r="C16" s="10">
+      <c r="D16" s="10">
         <v>5.4</v>
       </c>
-      <c r="D16" s="10">
+      <c r="E16" s="10">
         <v>3.23</v>
       </c>
-      <c r="E16" s="10">
+      <c r="F16" s="10">
         <v>7.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>16.87</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="10">
         <v>8.56</v>
       </c>
-      <c r="C17" s="10">
+      <c r="D17" s="10">
         <v>8.38</v>
       </c>
-      <c r="D17" s="10">
+      <c r="E17" s="10">
         <v>8.32</v>
       </c>
-      <c r="E17" s="10">
+      <c r="F17" s="10">
         <v>7.85</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.2</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="10">
+        <v>2.59</v>
+      </c>
+      <c r="C18" s="10">
         <v>3.08</v>
       </c>
-      <c r="C18" s="10">
+      <c r="D18" s="10">
         <v>3.34</v>
       </c>
-      <c r="D18" s="10">
+      <c r="E18" s="10">
         <v>3.49</v>
       </c>
-      <c r="E18" s="10">
+      <c r="F18" s="10">
         <v>4.47</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.67</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="16" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="10">
         <v>6.34</v>
       </c>
-      <c r="C20" s="10">
+      <c r="D20" s="10">
         <v>6.15</v>
       </c>
-      <c r="D20" s="10">
+      <c r="E20" s="10">
         <v>5.69</v>
       </c>
-      <c r="E20" s="10">
+      <c r="F20" s="10">
         <v>7.25</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="28.8">
       <c r="A21" s="16" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="10">
         <v>3.45</v>
       </c>
-      <c r="C22" s="10">
+      <c r="D22" s="10">
         <v>2.63</v>
       </c>
-      <c r="D22" s="10">
+      <c r="E22" s="10">
         <v>2.27</v>
       </c>
-      <c r="E22" s="10">
+      <c r="F22" s="10">
         <v>3.57</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="11"/>
       <c r="C23" s="11"/>
       <c r="D23" s="11"/>
       <c r="E23" s="11"/>
       <c r="F23" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F23"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F23" sqref="F23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="12">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="12">
         <v>45657</v>
       </c>
-      <c r="C4" s="12">
+      <c r="D4" s="12">
         <v>45291</v>
       </c>
-      <c r="D4" s="12">
+      <c r="E4" s="12">
         <v>44926</v>
       </c>
-      <c r="E4" s="12">
+      <c r="F4" s="12">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="8">
+        <v>1302423000.0</v>
+      </c>
+      <c r="C5" s="8">
         <v>1355337000.0</v>
       </c>
-      <c r="C5" s="8">
+      <c r="D5" s="8">
         <v>1371058450.0</v>
       </c>
-      <c r="D5" s="8">
+      <c r="E5" s="8">
         <v>1381092350.0</v>
       </c>
-      <c r="E5" s="8">
+      <c r="F5" s="8">
         <v>1401597400.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1407203250.0</v>
       </c>
     </row>
     <row r="6" spans="1:6" customHeight="1" ht="34.8">
       <c r="A6" s="5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="B7" s="8">
+        <v>2830607.0</v>
+      </c>
+      <c r="C7" s="8">
         <v>3655546.0</v>
       </c>
-      <c r="C7" s="8">
+      <c r="D7" s="8">
         <v>3062207.0</v>
       </c>
-      <c r="D7" s="8">
+      <c r="E7" s="8">
         <v>2368023.0</v>
       </c>
-      <c r="E7" s="8">
+      <c r="F7" s="8">
         <v>2297374.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2020135.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="10">
+        <v>2.17</v>
+      </c>
+      <c r="C8" s="10">
         <v>2.7</v>
       </c>
-      <c r="C8" s="10">
+      <c r="D8" s="10">
         <v>2.23</v>
       </c>
-      <c r="D8" s="10">
+      <c r="E8" s="10">
         <v>1.71</v>
       </c>
-      <c r="E8" s="10">
+      <c r="F8" s="10">
         <v>1.64</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.44</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="10">
+        <v>39.93</v>
+      </c>
+      <c r="C9" s="10">
         <v>57.51</v>
       </c>
-      <c r="C9" s="10">
+      <c r="D9" s="10">
         <v>52.41</v>
       </c>
-      <c r="D9" s="10">
+      <c r="E9" s="10">
         <v>32.14</v>
       </c>
-      <c r="E9" s="10">
+      <c r="F9" s="10">
         <v>31.23</v>
-      </c>
-[...1 lines deleted...]
-        <v>30.89</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="14" t="s">
         <v>51</v>
       </c>
       <c r="B11" s="15">
+        <v>18.37</v>
+      </c>
+      <c r="C11" s="15">
         <v>21.32</v>
       </c>
-      <c r="C11" s="15">
+      <c r="D11" s="15">
         <v>23.47</v>
       </c>
-      <c r="D11" s="15">
+      <c r="E11" s="15">
         <v>18.74</v>
       </c>
-      <c r="E11" s="15">
+      <c r="F11" s="15">
         <v>19.050000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>21.52</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="16" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>2</v>
       </c>
       <c r="B14" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="10">
         <v>10.57</v>
       </c>
-      <c r="C14" s="10">
+      <c r="D14" s="10">
         <v>12.09</v>
       </c>
-      <c r="D14" s="10">
+      <c r="E14" s="10">
         <v>15.16</v>
       </c>
-      <c r="E14" s="10">
+      <c r="F14" s="10">
         <v>20.88</v>
-      </c>
-[...1 lines deleted...]
-        <v>43.27</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="10">
         <v>0.0</v>
       </c>
       <c r="C15" s="10">
         <v>0.0</v>
       </c>
       <c r="D15" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="E15" s="10">
         <v>32.84</v>
       </c>
-      <c r="E15" s="10">
+      <c r="F15" s="10">
         <v>16.35</v>
-      </c>
-[...1 lines deleted...]
-        <v>20.46</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="10">
         <v>11.49</v>
       </c>
-      <c r="C16" s="10">
+      <c r="D16" s="10">
         <v>6.85</v>
       </c>
-      <c r="D16" s="10">
+      <c r="E16" s="10">
         <v>3.15</v>
       </c>
-      <c r="E16" s="10">
+      <c r="F16" s="10">
         <v>7.65</v>
-      </c>
-[...1 lines deleted...]
-        <v>10.36</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="10">
         <v>0.0</v>
       </c>
       <c r="C17" s="10">
         <v>0.0</v>
       </c>
       <c r="D17" s="10">
         <v>0.0</v>
       </c>
       <c r="E17" s="10">
         <v>0.0</v>
       </c>
       <c r="F17" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>6</v>
@@ -2412,88 +2412,88 @@
         <v>0.0</v>
       </c>
       <c r="C18" s="10">
         <v>0.0</v>
       </c>
       <c r="D18" s="10">
         <v>0.0</v>
       </c>
       <c r="E18" s="10">
         <v>0.0</v>
       </c>
       <c r="F18" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="16" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="10">
         <v>163.88</v>
       </c>
-      <c r="C20" s="10">
+      <c r="D20" s="10">
         <v>264.39999999999998</v>
       </c>
-      <c r="D20" s="10">
+      <c r="E20" s="10">
         <v>198.47</v>
       </c>
-      <c r="E20" s="10">
+      <c r="F20" s="10">
         <v>74.079999999999998</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="28.8">
       <c r="A21" s="16" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="10">
         <v>11.08</v>
       </c>
-      <c r="C22" s="10">
+      <c r="D22" s="10">
         <v>10.06</v>
       </c>
-      <c r="D22" s="10">
+      <c r="E22" s="10">
         <v>9.41</v>
       </c>
-      <c r="E22" s="10">
+      <c r="F22" s="10">
         <v>13.21</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="11"/>
       <c r="C23" s="11"/>
       <c r="D23" s="11"/>
       <c r="E23" s="11"/>
       <c r="F23" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>