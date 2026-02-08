--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -537,142 +537,133 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T18"/>
+  <dimension ref="A1:Q18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T18" sqref="T18"/>
+      <selection activeCell="Q18" sqref="Q18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="8">
         <v>0.0</v>
       </c>
       <c r="C7" s="8">
         <v>0.0</v>
       </c>
       <c r="D7" s="8">
         <v>0.0</v>
       </c>
       <c r="E7" s="8">
         <v>0.0</v>
       </c>
       <c r="F7" s="8">
         <v>0.0</v>
       </c>
       <c r="G7" s="8">
         <v>0.0</v>
       </c>
       <c r="H7" s="8">
         <v>0.0</v>
       </c>
       <c r="I7" s="8">
@@ -680,128 +671,110 @@
       </c>
       <c r="J7" s="8">
         <v>0.0</v>
       </c>
       <c r="K7" s="8">
         <v>0.0</v>
       </c>
       <c r="L7" s="8">
         <v>0.0</v>
       </c>
       <c r="M7" s="8">
         <v>0.0</v>
       </c>
       <c r="N7" s="8">
         <v>0.0</v>
       </c>
       <c r="O7" s="8">
         <v>0.0</v>
       </c>
       <c r="P7" s="8">
         <v>0.0</v>
       </c>
       <c r="Q7" s="8">
         <v>0.0</v>
       </c>
-      <c r="R7" s="8">
-[...9 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="8">
+        <v>2830607.0</v>
+      </c>
+      <c r="C8" s="8">
         <v>3221838.0</v>
       </c>
-      <c r="C8" s="8">
+      <c r="D8" s="8">
         <v>3528195.0</v>
       </c>
-      <c r="D8" s="8">
+      <c r="E8" s="8">
         <v>3490872.0</v>
       </c>
-      <c r="E8" s="8">
+      <c r="F8" s="8">
         <v>3655546.0</v>
       </c>
-      <c r="F8" s="8">
+      <c r="G8" s="8">
         <v>3613898.0</v>
       </c>
-      <c r="G8" s="8">
+      <c r="H8" s="8">
         <v>3711820.0</v>
       </c>
-      <c r="H8" s="8">
+      <c r="I8" s="8">
         <v>3361329.0</v>
       </c>
-      <c r="I8" s="8">
+      <c r="J8" s="8">
         <v>3062207.0</v>
       </c>
-      <c r="J8" s="8">
+      <c r="K8" s="8">
         <v>2886314.0</v>
       </c>
-      <c r="K8" s="8">
+      <c r="L8" s="8">
         <v>2766886.0</v>
       </c>
-      <c r="L8" s="8">
+      <c r="M8" s="8">
         <v>2481685.0</v>
       </c>
-      <c r="M8" s="8">
+      <c r="N8" s="8">
         <v>2368023.0</v>
       </c>
-      <c r="N8" s="8">
+      <c r="O8" s="8">
         <v>2327381.0</v>
       </c>
-      <c r="O8" s="8">
+      <c r="P8" s="8">
         <v>2154199.0</v>
       </c>
-      <c r="P8" s="8">
+      <c r="Q8" s="8">
         <v>2133960.0</v>
       </c>
-      <c r="Q8" s="8">
-[...12 lines deleted...]
-    <row r="9" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
       <c r="A9" s="6" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="10" spans="1:20">
+    <row r="10" spans="1:17">
       <c r="A10" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="10">
         <v>0.0</v>
       </c>
       <c r="C10" s="10">
         <v>0.0</v>
       </c>
       <c r="D10" s="10">
         <v>0.0</v>
       </c>
       <c r="E10" s="10">
         <v>0.0</v>
       </c>
       <c r="F10" s="10">
         <v>0.0</v>
       </c>
       <c r="G10" s="10">
         <v>0.0</v>
       </c>
       <c r="H10" s="10">
         <v>0.0</v>
       </c>
       <c r="I10" s="10">
@@ -809,257 +782,221 @@
       </c>
       <c r="J10" s="10">
         <v>0.0</v>
       </c>
       <c r="K10" s="10">
         <v>0.0</v>
       </c>
       <c r="L10" s="10">
         <v>0.0</v>
       </c>
       <c r="M10" s="10">
         <v>0.0</v>
       </c>
       <c r="N10" s="10">
         <v>0.0</v>
       </c>
       <c r="O10" s="10">
         <v>0.0</v>
       </c>
       <c r="P10" s="10">
         <v>0.0</v>
       </c>
       <c r="Q10" s="10">
         <v>0.0</v>
       </c>
-      <c r="R10" s="10">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="12" spans="1:20" customHeight="1" ht="28.8">
+    <row r="12" spans="1:17" customHeight="1" ht="28.8">
       <c r="A12" s="11" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="13" spans="1:20">
+    <row r="13" spans="1:17">
       <c r="A13" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="13">
         <v>0.23</v>
       </c>
-      <c r="C13" s="13">
+      <c r="D13" s="13">
         <v>0.26</v>
       </c>
-      <c r="D13" s="13">
+      <c r="E13" s="13">
         <v>0.25</v>
       </c>
-      <c r="E13" s="13">
+      <c r="F13" s="13">
         <v>0.24</v>
       </c>
-      <c r="F13" s="13">
+      <c r="G13" s="13">
         <v>0.23</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.25</v>
       </c>
       <c r="H13" s="13">
         <v>0.25</v>
       </c>
       <c r="I13" s="13">
+        <v>0.25</v>
+      </c>
+      <c r="J13" s="13">
         <v>0.24</v>
       </c>
-      <c r="J13" s="13">
+      <c r="K13" s="13">
         <v>0.22</v>
       </c>
-      <c r="K13" s="13">
+      <c r="L13" s="13">
         <v>0.39</v>
       </c>
-      <c r="L13" s="13">
+      <c r="M13" s="13">
         <v>0.38</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.36</v>
       </c>
       <c r="N13" s="13">
         <v>0.36</v>
       </c>
       <c r="O13" s="13">
+        <v>0.36</v>
+      </c>
+      <c r="P13" s="13">
         <v>0.38</v>
       </c>
-      <c r="P13" s="13">
+      <c r="Q13" s="13">
         <v>0.42</v>
       </c>
-      <c r="Q13" s="13">
-[...12 lines deleted...]
-    <row r="14" spans="1:20">
+    </row>
+    <row r="14" spans="1:17">
       <c r="A14" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="13">
         <v>0.0</v>
       </c>
       <c r="C14" s="13">
         <v>0.0</v>
       </c>
       <c r="D14" s="13">
         <v>0.0</v>
       </c>
       <c r="E14" s="13">
         <v>0.0</v>
       </c>
       <c r="F14" s="13">
         <v>0.0</v>
       </c>
       <c r="G14" s="13">
         <v>0.0</v>
       </c>
       <c r="H14" s="13">
         <v>0.0</v>
       </c>
       <c r="I14" s="13">
         <v>0.0</v>
       </c>
       <c r="J14" s="13">
         <v>0.0</v>
       </c>
       <c r="K14" s="13">
         <v>0.0</v>
       </c>
       <c r="L14" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="M14" s="13">
         <v>11.29</v>
       </c>
-      <c r="M14" s="13">
+      <c r="N14" s="13">
         <v>4.49</v>
       </c>
-      <c r="N14" s="13">
+      <c r="O14" s="13">
         <v>2.5</v>
       </c>
-      <c r="O14" s="13">
+      <c r="P14" s="13">
         <v>2.37</v>
       </c>
-      <c r="P14" s="13">
+      <c r="Q14" s="13">
         <v>2.23</v>
       </c>
-      <c r="Q14" s="13">
-[...12 lines deleted...]
-    <row r="15" spans="1:20">
+    </row>
+    <row r="15" spans="1:17">
       <c r="A15" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="13">
         <v>0.29</v>
       </c>
-      <c r="C15" s="13">
+      <c r="D15" s="13">
         <v>0.3</v>
       </c>
-      <c r="D15" s="13">
-[...1 lines deleted...]
-      </c>
       <c r="E15" s="13">
         <v>0.0</v>
       </c>
       <c r="F15" s="13">
         <v>0.0</v>
       </c>
       <c r="G15" s="13">
         <v>0.0</v>
       </c>
       <c r="H15" s="13">
         <v>0.0</v>
       </c>
       <c r="I15" s="13">
         <v>0.0</v>
       </c>
       <c r="J15" s="13">
         <v>0.0</v>
       </c>
       <c r="K15" s="13">
         <v>0.0</v>
       </c>
       <c r="L15" s="13">
         <v>0.0</v>
       </c>
       <c r="M15" s="13">
         <v>0.0</v>
       </c>
       <c r="N15" s="13">
         <v>0.0</v>
       </c>
       <c r="O15" s="13">
         <v>0.0</v>
       </c>
       <c r="P15" s="13">
         <v>0.0</v>
       </c>
       <c r="Q15" s="13">
         <v>0.0</v>
       </c>
-      <c r="R15" s="13">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="13">
         <v>0.0</v>
       </c>
       <c r="C16" s="13">
         <v>0.0</v>
       </c>
       <c r="D16" s="13">
         <v>0.0</v>
       </c>
       <c r="E16" s="13">
         <v>0.0</v>
       </c>
       <c r="F16" s="13">
         <v>0.0</v>
       </c>
       <c r="G16" s="13">
         <v>0.0</v>
       </c>
       <c r="H16" s="13">
         <v>0.0</v>
       </c>
       <c r="I16" s="13">
@@ -1067,61 +1004,52 @@
       </c>
       <c r="J16" s="13">
         <v>0.0</v>
       </c>
       <c r="K16" s="13">
         <v>0.0</v>
       </c>
       <c r="L16" s="13">
         <v>0.0</v>
       </c>
       <c r="M16" s="13">
         <v>0.0</v>
       </c>
       <c r="N16" s="13">
         <v>0.0</v>
       </c>
       <c r="O16" s="13">
         <v>0.0</v>
       </c>
       <c r="P16" s="13">
         <v>0.0</v>
       </c>
       <c r="Q16" s="13">
         <v>0.0</v>
       </c>
-      <c r="R16" s="13">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="13">
         <v>0.0</v>
       </c>
       <c r="C17" s="13">
         <v>0.0</v>
       </c>
       <c r="D17" s="13">
         <v>0.0</v>
       </c>
       <c r="E17" s="13">
         <v>0.0</v>
       </c>
       <c r="F17" s="13">
         <v>0.0</v>
       </c>
       <c r="G17" s="13">
         <v>0.0</v>
       </c>
       <c r="H17" s="13">
         <v>0.0</v>
       </c>
       <c r="I17" s="13">
@@ -1129,83 +1057,71 @@
       </c>
       <c r="J17" s="13">
         <v>0.0</v>
       </c>
       <c r="K17" s="13">
         <v>0.0</v>
       </c>
       <c r="L17" s="13">
         <v>0.0</v>
       </c>
       <c r="M17" s="13">
         <v>0.0</v>
       </c>
       <c r="N17" s="13">
         <v>0.0</v>
       </c>
       <c r="O17" s="13">
         <v>0.0</v>
       </c>
       <c r="P17" s="13">
         <v>0.0</v>
       </c>
       <c r="Q17" s="13">
         <v>0.0</v>
       </c>
-      <c r="R17" s="13">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="14"/>
       <c r="C18" s="14"/>
       <c r="D18" s="14"/>
       <c r="E18" s="14"/>
       <c r="F18" s="14"/>
       <c r="G18" s="14"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="14"/>
       <c r="L18" s="14"/>
       <c r="M18" s="14"/>
       <c r="N18" s="14"/>
       <c r="O18" s="14"/>
       <c r="P18" s="14"/>
       <c r="Q18" s="14"/>
-      <c r="R18" s="14"/>
-[...1 lines deleted...]
-      <c r="T18" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">