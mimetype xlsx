--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -29,51 +29,51 @@
     <sheet name="Cash Operating Taxes" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>Paying users area. Data is not available!</t>
   </si>
   <si>
     <t>Chipotle Mexican Grill Inc.</t>
   </si>
   <si>
     <t>Cash operating taxes calculation</t>
   </si>
   <si>
     <t>US$ in thousands</t>
   </si>
   <si>
     <t>12 months ended:</t>
   </si>
   <si>
-    <t>Provision (benefit) for income taxes</t>
+    <t>Provision for income taxes</t>
   </si>
   <si>
     <t>Less: Deferred income tax expense (benefit)</t>
   </si>
   <si>
     <t>Add: Tax savings from interest expense</t>
   </si>
   <si>
     <t>Cash operating taxes</t>
   </si>
   <si>
     <t>Source: https://www.stock-analysis-on.net/NYSE/Company/Chipotle-Mexican-Grill-Inc/Performance-Measure/Economic-Value-Added</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm d, yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
@@ -524,63 +524,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>6</v>