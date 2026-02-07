--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -74,51 +74,51 @@
   <si>
     <t>Gross profit</t>
   </si>
   <si>
     <t>General and administrative expenses</t>
   </si>
   <si>
     <t>Depreciation and amortization</t>
   </si>
   <si>
     <t>Pre-opening costs</t>
   </si>
   <si>
     <t>Impairment, closure costs, and asset disposals</t>
   </si>
   <si>
     <t>Income from operations</t>
   </si>
   <si>
     <t>Interest and other income, net</t>
   </si>
   <si>
     <t>Income before income taxes</t>
   </si>
   <si>
-    <t>(Provision) benefit for income taxes</t>
+    <t>Provision for income taxes</t>
   </si>
   <si>
     <t>Net income</t>
   </si>
   <si>
     <t>Source: https://www.stock-analysis-on.net/NYSE/Company/Chipotle-Mexican-Grill-Inc/Common-Size/Income-Statement</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm d, yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
@@ -564,63 +564,63 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>