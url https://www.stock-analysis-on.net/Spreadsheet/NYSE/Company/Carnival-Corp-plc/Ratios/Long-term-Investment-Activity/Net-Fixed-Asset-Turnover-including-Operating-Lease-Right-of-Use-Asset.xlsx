--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -785,51 +785,51 @@
       </c>
       <c r="E16" s="13">
         <v>5.29</v>
       </c>
       <c r="F16" s="13">
         <v>0.0</v>
       </c>
       <c r="G16" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="13">
         <v>1.72</v>
       </c>
       <c r="C17" s="13">
         <v>1.64</v>
       </c>
       <c r="D17" s="13">
         <v>1.54</v>
       </c>
       <c r="E17" s="13">
-        <v>1.38</v>
+        <v>0.0</v>
       </c>
       <c r="F17" s="13">
         <v>0.0</v>
       </c>
       <c r="G17" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="13">
         <v>7.52</v>
       </c>
       <c r="C18" s="13">
         <v>6.14</v>
       </c>
       <c r="D18" s="13">
         <v>6.62</v>
       </c>
       <c r="E18" s="13">
         <v>6.99</v>
       </c>
       <c r="F18" s="13">