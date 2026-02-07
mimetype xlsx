--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -785,51 +785,51 @@
       </c>
       <c r="D15" s="14">
         <v>-0.1113</v>
       </c>
       <c r="E15" s="14">
         <v>0.0</v>
       </c>
       <c r="F15" s="14">
         <v>0.0</v>
       </c>
       <c r="G15" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="14">
         <v>0.2418</v>
       </c>
       <c r="C16" s="14">
         <v>0.3018</v>
       </c>
       <c r="D16" s="14">
-        <v>-0.0935</v>
+        <v>0.0</v>
       </c>
       <c r="E16" s="14">
         <v>0.0</v>
       </c>
       <c r="F16" s="14">
         <v>0.0</v>
       </c>
       <c r="G16" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="14">
         <v>-0.6428</v>
       </c>
       <c r="C17" s="14">
         <v>-0.689</v>
       </c>
       <c r="D17" s="14">
         <v>1.591</v>
       </c>
       <c r="E17" s="14">