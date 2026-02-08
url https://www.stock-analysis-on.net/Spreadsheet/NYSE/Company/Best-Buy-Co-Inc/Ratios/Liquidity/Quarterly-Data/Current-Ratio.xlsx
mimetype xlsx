--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -900,60 +900,60 @@
       <c r="A13" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="13">
         <v>0.98</v>
       </c>
       <c r="C13" s="13">
         <v>0.95</v>
       </c>
       <c r="D13" s="13">
         <v>0.92</v>
       </c>
       <c r="E13" s="13">
         <v>0.94</v>
       </c>
       <c r="F13" s="13">
         <v>0.94</v>
       </c>
       <c r="G13" s="13">
         <v>0.95</v>
       </c>
       <c r="H13" s="13">
         <v>0.96</v>
       </c>
       <c r="I13" s="13">
-        <v>1.14</v>
+        <v>0.0</v>
       </c>
       <c r="J13" s="13">
-        <v>1.12</v>
+        <v>0.0</v>
       </c>
       <c r="K13" s="13">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="13">
-        <v>1.05</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="13">
         <v>0.0</v>
       </c>
       <c r="N13" s="13">
         <v>0.0</v>
       </c>
       <c r="O13" s="13">
         <v>0.0</v>
       </c>
       <c r="P13" s="13">
         <v>0.0</v>
       </c>
       <c r="Q13" s="13">
         <v>0.0</v>
       </c>
       <c r="R13" s="13">
         <v>0.0</v>
       </c>
       <c r="S13" s="13">
         <v>0.0</v>
       </c>
       <c r="T13" s="13">
         <v>0.0</v>
       </c>