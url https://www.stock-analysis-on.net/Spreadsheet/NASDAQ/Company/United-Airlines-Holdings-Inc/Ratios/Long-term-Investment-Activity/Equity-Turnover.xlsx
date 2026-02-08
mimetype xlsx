--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -709,51 +709,51 @@
       </c>
       <c r="E13" s="12">
         <v>1.21</v>
       </c>
       <c r="F13" s="12">
         <v>0.91</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="12">
         <v>1.44</v>
       </c>
       <c r="C14" s="12">
         <v>1.63</v>
       </c>
       <c r="D14" s="12">
         <v>2.05</v>
       </c>
       <c r="E14" s="12">
         <v>1.54</v>
       </c>
       <c r="F14" s="12">
-        <v>1.15</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="12">
         <v>5.45</v>
       </c>
       <c r="C15" s="12">
         <v>5.26</v>
       </c>
       <c r="D15" s="12">
         <v>5.07</v>
       </c>
       <c r="E15" s="12">
         <v>6.83</v>
       </c>
       <c r="F15" s="12">
         <v>128.81</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="10" t="s">
         <v>13</v>