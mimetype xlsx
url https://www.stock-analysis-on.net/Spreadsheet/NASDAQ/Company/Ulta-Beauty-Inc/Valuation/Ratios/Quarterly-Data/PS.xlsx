--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1048,60 +1048,60 @@
       <c r="D15" s="10">
         <v>3.1</v>
       </c>
       <c r="E15" s="10">
         <v>2.38</v>
       </c>
       <c r="F15" s="10">
         <v>2.68</v>
       </c>
       <c r="G15" s="10">
         <v>2.06</v>
       </c>
       <c r="H15" s="10">
         <v>2.06</v>
       </c>
       <c r="I15" s="10">
         <v>2.1</v>
       </c>
       <c r="J15" s="10">
         <v>2.83</v>
       </c>
       <c r="K15" s="10">
         <v>2.65</v>
       </c>
       <c r="L15" s="10">
-        <v>3.41</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="10">
-        <v>3.73</v>
+        <v>0.0</v>
       </c>
       <c r="N15" s="10">
-        <v>3.8</v>
+        <v>0.0</v>
       </c>
       <c r="O15" s="10">
-        <v>4.17</v>
+        <v>0.0</v>
       </c>
       <c r="P15" s="10">
         <v>0.0</v>
       </c>
       <c r="Q15" s="10">
         <v>0.0</v>
       </c>
       <c r="R15" s="10">
         <v>0.0</v>
       </c>
       <c r="S15" s="10">
         <v>0.0</v>
       </c>
       <c r="T15" s="10">
         <v>0.0</v>
       </c>
       <c r="U15" s="10">
         <v>0.0</v>
       </c>
       <c r="V15" s="10">
         <v>0.0</v>
       </c>
       <c r="W15" s="10">
         <v>0.0</v>
       </c>