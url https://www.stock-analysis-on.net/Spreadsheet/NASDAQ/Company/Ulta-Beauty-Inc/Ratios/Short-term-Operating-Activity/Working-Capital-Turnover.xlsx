--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -733,51 +733,51 @@
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="34.8">
       <c r="A13" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="28.8">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="13">
         <v>77.31999999999999</v>
       </c>
       <c r="C15" s="13">
         <v>0.0</v>
       </c>
       <c r="D15" s="13">
         <v>24.33</v>
       </c>
       <c r="E15" s="13">
-        <v>60.82</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="13">
         <v>0.0</v>
       </c>
       <c r="G15" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="13">
         <v>16.81</v>
       </c>
       <c r="C16" s="13">
         <v>417.56</v>
       </c>
       <c r="D16" s="13">
         <v>24.87</v>
       </c>
       <c r="E16" s="13">
         <v>76.81</v>
       </c>
       <c r="F16" s="13">