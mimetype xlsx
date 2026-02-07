--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -2520,60 +2520,60 @@
       <c r="D13" s="8">
         <v>9.15</v>
       </c>
       <c r="E13" s="8">
         <v>8.41</v>
       </c>
       <c r="F13" s="8">
         <v>8.0099999999999998</v>
       </c>
       <c r="G13" s="8">
         <v>8.49</v>
       </c>
       <c r="H13" s="8">
         <v>8.4</v>
       </c>
       <c r="I13" s="8">
         <v>7.8</v>
       </c>
       <c r="J13" s="8">
         <v>7.3</v>
       </c>
       <c r="K13" s="8">
         <v>7.9</v>
       </c>
       <c r="L13" s="8">
-        <v>8.34</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="8">
-        <v>8.69</v>
+        <v>0.0</v>
       </c>
       <c r="N13" s="8">
-        <v>10.9</v>
+        <v>0.0</v>
       </c>
       <c r="O13" s="8">
-        <v>10.54</v>
+        <v>0.0</v>
       </c>
       <c r="P13" s="8">
         <v>0.0</v>
       </c>
       <c r="Q13" s="8">
         <v>0.0</v>
       </c>
       <c r="R13" s="8">
         <v>0.0</v>
       </c>
       <c r="S13" s="8">
         <v>0.0</v>
       </c>
       <c r="T13" s="8">
         <v>0.0</v>
       </c>
       <c r="U13" s="8">
         <v>0.0</v>
       </c>
       <c r="V13" s="8">
         <v>0.0</v>
       </c>
       <c r="W13" s="8">
         <v>0.0</v>
       </c>
@@ -3751,60 +3751,60 @@
       <c r="D13" s="8">
         <v>3.59</v>
       </c>
       <c r="E13" s="8">
         <v>4.14</v>
       </c>
       <c r="F13" s="8">
         <v>4.22</v>
       </c>
       <c r="G13" s="8">
         <v>4.34</v>
       </c>
       <c r="H13" s="8">
         <v>3.63</v>
       </c>
       <c r="I13" s="8">
         <v>4.22</v>
       </c>
       <c r="J13" s="8">
         <v>3.91</v>
       </c>
       <c r="K13" s="8">
         <v>4.03</v>
       </c>
       <c r="L13" s="8">
-        <v>3.46</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="8">
-        <v>3.76</v>
+        <v>0.0</v>
       </c>
       <c r="N13" s="8">
-        <v>3.98</v>
+        <v>0.0</v>
       </c>
       <c r="O13" s="8">
-        <v>3.93</v>
+        <v>0.0</v>
       </c>
       <c r="P13" s="8">
         <v>0.0</v>
       </c>
       <c r="Q13" s="8">
         <v>0.0</v>
       </c>
       <c r="R13" s="8">
         <v>0.0</v>
       </c>
       <c r="S13" s="8">
         <v>0.0</v>
       </c>
       <c r="T13" s="8">
         <v>0.0</v>
       </c>
       <c r="U13" s="8">
         <v>0.0</v>
       </c>
       <c r="V13" s="8">
         <v>0.0</v>
       </c>
       <c r="W13" s="8">
         <v>0.0</v>
       </c>
@@ -4544,60 +4544,60 @@
       <c r="D16" s="8">
         <v>77.31999999999999</v>
       </c>
       <c r="E16" s="8">
         <v>0.0</v>
       </c>
       <c r="F16" s="8">
         <v>0.0</v>
       </c>
       <c r="G16" s="8">
         <v>0.0</v>
       </c>
       <c r="H16" s="8">
         <v>0.0</v>
       </c>
       <c r="I16" s="8">
         <v>0.0</v>
       </c>
       <c r="J16" s="8">
         <v>0.0</v>
       </c>
       <c r="K16" s="8">
         <v>0.0</v>
       </c>
       <c r="L16" s="8">
-        <v>24.33</v>
+        <v>0.0</v>
       </c>
       <c r="M16" s="8">
-        <v>31.5</v>
+        <v>0.0</v>
       </c>
       <c r="N16" s="8">
-        <v>19.23</v>
+        <v>0.0</v>
       </c>
       <c r="O16" s="8">
-        <v>69.81</v>
+        <v>0.0</v>
       </c>
       <c r="P16" s="8">
         <v>0.0</v>
       </c>
       <c r="Q16" s="8">
         <v>0.0</v>
       </c>
       <c r="R16" s="8">
         <v>0.0</v>
       </c>
       <c r="S16" s="8">
         <v>0.0</v>
       </c>
       <c r="T16" s="8">
         <v>0.0</v>
       </c>
       <c r="U16" s="8">
         <v>0.0</v>
       </c>
       <c r="V16" s="8">
         <v>0.0</v>
       </c>
       <c r="W16" s="8">
         <v>0.0</v>
       </c>
@@ -5124,60 +5124,60 @@
       <c r="D12" s="9">
         <v>40.0</v>
       </c>
       <c r="E12" s="9">
         <v>43.0</v>
       </c>
       <c r="F12" s="9">
         <v>46.0</v>
       </c>
       <c r="G12" s="9">
         <v>43.0</v>
       </c>
       <c r="H12" s="9">
         <v>43.0</v>
       </c>
       <c r="I12" s="9">
         <v>47.0</v>
       </c>
       <c r="J12" s="9">
         <v>50.0</v>
       </c>
       <c r="K12" s="9">
         <v>46.0</v>
       </c>
       <c r="L12" s="9">
-        <v>44.0</v>
+        <v>0.0</v>
       </c>
       <c r="M12" s="9">
-        <v>42.0</v>
+        <v>0.0</v>
       </c>
       <c r="N12" s="9">
-        <v>33.0</v>
+        <v>0.0</v>
       </c>
       <c r="O12" s="9">
-        <v>35.0</v>
+        <v>0.0</v>
       </c>
       <c r="P12" s="9">
         <v>0.0</v>
       </c>
       <c r="Q12" s="9">
         <v>0.0</v>
       </c>
       <c r="R12" s="9">
         <v>0.0</v>
       </c>
       <c r="S12" s="9">
         <v>0.0</v>
       </c>
       <c r="T12" s="9">
         <v>0.0</v>
       </c>
       <c r="U12" s="9">
         <v>0.0</v>
       </c>
       <c r="V12" s="9">
         <v>0.0</v>
       </c>
       <c r="W12" s="9">
         <v>0.0</v>
       </c>
@@ -6798,60 +6798,60 @@
       <c r="D12" s="9">
         <v>102.0</v>
       </c>
       <c r="E12" s="9">
         <v>88.0</v>
       </c>
       <c r="F12" s="9">
         <v>87.0</v>
       </c>
       <c r="G12" s="9">
         <v>84.0</v>
       </c>
       <c r="H12" s="9">
         <v>101.0</v>
       </c>
       <c r="I12" s="9">
         <v>86.0</v>
       </c>
       <c r="J12" s="9">
         <v>93.0</v>
       </c>
       <c r="K12" s="9">
         <v>91.0</v>
       </c>
       <c r="L12" s="9">
-        <v>105.0</v>
+        <v>0.0</v>
       </c>
       <c r="M12" s="9">
-        <v>97.0</v>
+        <v>0.0</v>
       </c>
       <c r="N12" s="9">
-        <v>92.0</v>
+        <v>0.0</v>
       </c>
       <c r="O12" s="9">
-        <v>93.0</v>
+        <v>0.0</v>
       </c>
       <c r="P12" s="9">
         <v>0.0</v>
       </c>
       <c r="Q12" s="9">
         <v>0.0</v>
       </c>
       <c r="R12" s="9">
         <v>0.0</v>
       </c>
       <c r="S12" s="9">
         <v>0.0</v>
       </c>
       <c r="T12" s="9">
         <v>0.0</v>
       </c>
       <c r="U12" s="9">
         <v>0.0</v>
       </c>
       <c r="V12" s="9">
         <v>0.0</v>
       </c>
       <c r="W12" s="9">
         <v>0.0</v>
       </c>