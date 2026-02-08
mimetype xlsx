--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1199,60 +1199,60 @@
       <c r="D18" s="15">
         <v>0.77</v>
       </c>
       <c r="E18" s="15">
         <v>0.84</v>
       </c>
       <c r="F18" s="15">
         <v>0.91</v>
       </c>
       <c r="G18" s="15">
         <v>1.0</v>
       </c>
       <c r="H18" s="15">
         <v>1.06</v>
       </c>
       <c r="I18" s="15">
         <v>1.05</v>
       </c>
       <c r="J18" s="15">
         <v>1.08</v>
       </c>
       <c r="K18" s="15">
         <v>0.97</v>
       </c>
       <c r="L18" s="15">
-        <v>0.96</v>
+        <v>0.0</v>
       </c>
       <c r="M18" s="15">
-        <v>1.07</v>
+        <v>0.0</v>
       </c>
       <c r="N18" s="15">
-        <v>1.07</v>
+        <v>0.0</v>
       </c>
       <c r="O18" s="15">
-        <v>0.98</v>
+        <v>0.0</v>
       </c>
       <c r="P18" s="15">
         <v>0.0</v>
       </c>
       <c r="Q18" s="15">
         <v>0.0</v>
       </c>
       <c r="R18" s="15">
         <v>0.0</v>
       </c>
       <c r="S18" s="15">
         <v>0.0</v>
       </c>
       <c r="T18" s="15">
         <v>0.0</v>
       </c>
       <c r="U18" s="15">
         <v>0.0</v>
       </c>
       <c r="V18" s="15">
         <v>0.0</v>
       </c>
       <c r="W18" s="15">
         <v>0.0</v>
       </c>