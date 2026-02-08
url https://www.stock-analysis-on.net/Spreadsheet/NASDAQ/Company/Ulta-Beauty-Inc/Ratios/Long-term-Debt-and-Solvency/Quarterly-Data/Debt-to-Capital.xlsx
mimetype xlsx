--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1051,60 +1051,60 @@
       <c r="D15" s="15">
         <v>0.28</v>
       </c>
       <c r="E15" s="15">
         <v>0.3</v>
       </c>
       <c r="F15" s="15">
         <v>0.32</v>
       </c>
       <c r="G15" s="15">
         <v>0.35</v>
       </c>
       <c r="H15" s="15">
         <v>0.37</v>
       </c>
       <c r="I15" s="15">
         <v>0.37</v>
       </c>
       <c r="J15" s="15">
         <v>0.38</v>
       </c>
       <c r="K15" s="15">
         <v>0.35</v>
       </c>
       <c r="L15" s="15">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="15">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="N15" s="15">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="O15" s="15">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="P15" s="15">
         <v>0.0</v>
       </c>
       <c r="Q15" s="15">
         <v>0.0</v>
       </c>
       <c r="R15" s="15">
         <v>0.0</v>
       </c>
       <c r="S15" s="15">
         <v>0.0</v>
       </c>
       <c r="T15" s="15">
         <v>0.0</v>
       </c>
       <c r="U15" s="15">
         <v>0.0</v>
       </c>
       <c r="V15" s="15">
         <v>0.0</v>
       </c>
       <c r="W15" s="15">
         <v>0.0</v>
       </c>