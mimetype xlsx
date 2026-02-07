--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -866,51 +866,51 @@
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="34.8">
       <c r="A18" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="28.8">
       <c r="A19" s="12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="14">
         <v>3.73</v>
       </c>
       <c r="C20" s="14">
         <v>0.47</v>
       </c>
       <c r="D20" s="14">
         <v>5.24</v>
       </c>
       <c r="E20" s="14">
-        <v>4.63</v>
+        <v>0.0</v>
       </c>
       <c r="F20" s="14">
         <v>0.0</v>
       </c>
       <c r="G20" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="14">
         <v>9.07</v>
       </c>
       <c r="C21" s="14">
         <v>9.94</v>
       </c>
       <c r="D21" s="14">
         <v>8.97</v>
       </c>
       <c r="E21" s="14">
         <v>8.26</v>
       </c>
       <c r="F21" s="14">