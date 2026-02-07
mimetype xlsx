--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1142,108 +1142,108 @@
       </c>
       <c r="R16" s="10">
         <v>6.83</v>
       </c>
       <c r="S16" s="10">
         <v>9.22</v>
       </c>
       <c r="T16" s="10">
         <v>10.85</v>
       </c>
       <c r="U16" s="10">
         <v>11.93</v>
       </c>
       <c r="V16" s="10">
         <v>16.99</v>
       </c>
     </row>
     <row r="17" spans="1:22">
       <c r="A17" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="10">
         <v>0.0</v>
       </c>
       <c r="C17" s="10">
-        <v>0.0</v>
+        <v>4.36</v>
       </c>
       <c r="D17" s="10">
         <v>3.65</v>
       </c>
       <c r="E17" s="10">
         <v>5.3</v>
       </c>
       <c r="F17" s="10">
         <v>5.81</v>
       </c>
       <c r="G17" s="10">
         <v>6.89</v>
       </c>
       <c r="H17" s="10">
         <v>6.91</v>
       </c>
       <c r="I17" s="10">
         <v>6.53</v>
       </c>
       <c r="J17" s="10">
         <v>8.38</v>
       </c>
       <c r="K17" s="10">
         <v>7.28</v>
       </c>
       <c r="L17" s="10">
         <v>5.43</v>
       </c>
       <c r="M17" s="10">
         <v>5.68</v>
       </c>
       <c r="N17" s="10">
         <v>6.25</v>
       </c>
       <c r="O17" s="10">
         <v>5.14</v>
       </c>
       <c r="P17" s="10">
         <v>4.86</v>
       </c>
       <c r="Q17" s="10">
         <v>5.15</v>
       </c>
       <c r="R17" s="10">
         <v>5.36</v>
       </c>
       <c r="S17" s="10">
-        <v>5.8</v>
+        <v>0.0</v>
       </c>
       <c r="T17" s="10">
-        <v>6.91</v>
+        <v>0.0</v>
       </c>
       <c r="U17" s="10">
-        <v>7.52</v>
+        <v>0.0</v>
       </c>
       <c r="V17" s="10">
-        <v>6.61</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:22">
       <c r="A18" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="10">
         <v>0.0</v>
       </c>
       <c r="C18" s="10">
         <v>0.0</v>
       </c>
       <c r="D18" s="10">
         <v>6.7</v>
       </c>
       <c r="E18" s="10">
         <v>9.27</v>
       </c>
       <c r="F18" s="10">
         <v>6.67</v>
       </c>
       <c r="G18" s="10">
         <v>8.36</v>
       </c>
       <c r="H18" s="10">