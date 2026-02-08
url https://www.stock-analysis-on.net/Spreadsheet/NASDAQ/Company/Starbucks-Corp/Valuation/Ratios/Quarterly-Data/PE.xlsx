--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1142,108 +1142,108 @@
       </c>
       <c r="R16" s="10">
         <v>164.31999999999999</v>
       </c>
       <c r="S16" s="10">
         <v>86.68000000000001</v>
       </c>
       <c r="T16" s="10">
         <v>261.79000000000002</v>
       </c>
       <c r="U16" s="10">
         <v>206.84999999999999</v>
       </c>
       <c r="V16" s="10">
         <v>136.53</v>
       </c>
     </row>
     <row r="17" spans="1:22">
       <c r="A17" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="10">
         <v>0.0</v>
       </c>
       <c r="C17" s="10">
-        <v>0.0</v>
+        <v>33.86</v>
       </c>
       <c r="D17" s="10">
         <v>27.99</v>
       </c>
       <c r="E17" s="10">
         <v>39.78</v>
       </c>
       <c r="F17" s="10">
         <v>42.75</v>
       </c>
       <c r="G17" s="10">
         <v>50.81</v>
       </c>
       <c r="H17" s="10">
         <v>51.16</v>
       </c>
       <c r="I17" s="10">
         <v>49.35</v>
       </c>
       <c r="J17" s="10">
         <v>65.94</v>
       </c>
       <c r="K17" s="10">
         <v>58.48</v>
       </c>
       <c r="L17" s="10">
         <v>44.26</v>
       </c>
       <c r="M17" s="10">
         <v>47.35</v>
       </c>
       <c r="N17" s="10">
         <v>54.42</v>
       </c>
       <c r="O17" s="10">
         <v>49.37</v>
       </c>
       <c r="P17" s="10">
         <v>50.59</v>
       </c>
       <c r="Q17" s="10">
         <v>55.45</v>
       </c>
       <c r="R17" s="10">
         <v>61.35</v>
       </c>
       <c r="S17" s="10">
-        <v>67.030000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="T17" s="10">
-        <v>69.94</v>
+        <v>0.0</v>
       </c>
       <c r="U17" s="10">
-        <v>87.73999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="V17" s="10">
-        <v>102.77</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:22">
       <c r="A18" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="10">
         <v>0.0</v>
       </c>
       <c r="C18" s="10">
         <v>0.0</v>
       </c>
       <c r="D18" s="10">
         <v>98.12</v>
       </c>
       <c r="E18" s="10">
         <v>141.16999999999999</v>
       </c>
       <c r="F18" s="10">
         <v>221.22999999999999</v>
       </c>
       <c r="G18" s="10">
         <v>728.77999999999997</v>
       </c>
       <c r="H18" s="10">