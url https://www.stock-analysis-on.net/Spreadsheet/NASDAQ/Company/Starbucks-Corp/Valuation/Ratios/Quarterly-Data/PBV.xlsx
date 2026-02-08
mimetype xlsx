--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1142,108 +1142,108 @@
       </c>
       <c r="R16" s="10">
         <v>19.54</v>
       </c>
       <c r="S16" s="10">
         <v>16.35</v>
       </c>
       <c r="T16" s="10">
         <v>18.030000000000001</v>
       </c>
       <c r="U16" s="10">
         <v>17.84</v>
       </c>
       <c r="V16" s="10">
         <v>20.15</v>
       </c>
     </row>
     <row r="17" spans="1:22">
       <c r="A17" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="10">
         <v>0.0</v>
       </c>
       <c r="C17" s="10">
-        <v>0.0</v>
+        <v>18.37</v>
       </c>
       <c r="D17" s="10">
         <v>13.35</v>
       </c>
       <c r="E17" s="10">
         <v>17.38</v>
       </c>
       <c r="F17" s="10">
         <v>19.12</v>
       </c>
       <c r="G17" s="10">
         <v>21.32</v>
       </c>
       <c r="H17" s="10">
         <v>21.010000000000002</v>
       </c>
       <c r="I17" s="10">
         <v>18.75</v>
       </c>
       <c r="J17" s="10">
         <v>25.43</v>
       </c>
       <c r="K17" s="10">
         <v>23.47</v>
       </c>
       <c r="L17" s="10">
         <v>17.95</v>
       </c>
       <c r="M17" s="10">
         <v>19.07</v>
       </c>
       <c r="N17" s="10">
         <v>22.64</v>
       </c>
       <c r="O17" s="10">
         <v>18.74</v>
       </c>
       <c r="P17" s="10">
         <v>17.58</v>
       </c>
       <c r="Q17" s="10">
         <v>19.46</v>
       </c>
       <c r="R17" s="10">
         <v>19.67</v>
       </c>
       <c r="S17" s="10">
-        <v>19.050000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="T17" s="10">
-        <v>21.5</v>
+        <v>0.0</v>
       </c>
       <c r="U17" s="10">
-        <v>23.66</v>
+        <v>0.0</v>
       </c>
       <c r="V17" s="10">
-        <v>19.92</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:22">
       <c r="A18" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="10">
         <v>0.0</v>
       </c>
       <c r="C18" s="10">
         <v>0.0</v>
       </c>
       <c r="D18" s="10">
         <v>8.92</v>
       </c>
       <c r="E18" s="10">
         <v>12.36</v>
       </c>
       <c r="F18" s="10">
         <v>8.94</v>
       </c>
       <c r="G18" s="10">
         <v>11.49</v>
       </c>
       <c r="H18" s="10">