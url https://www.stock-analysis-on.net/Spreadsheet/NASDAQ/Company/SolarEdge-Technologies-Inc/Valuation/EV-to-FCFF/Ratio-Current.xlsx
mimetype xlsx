--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -686,51 +686,51 @@
       <c r="B18" s="10">
         <v>193.21000000000001</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="10">
         <v>73.20999999999999</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="10">
         <v>11.36</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="10">
-        <v>107.27</v>
+        <v>68.040000000000006</v>
       </c>
     </row>
     <row r="22" spans="1:2" customHeight="1" ht="28.8">
       <c r="A22" s="8" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="10">
         <v>160.63</v>
       </c>
     </row>
     <row r="24" spans="1:2" customHeight="1" ht="28.8">
       <c r="A24" s="8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="9" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="10">