--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1752,60 +1752,60 @@
       </c>
       <c r="P22" s="7">
         <v>0.0</v>
       </c>
       <c r="Q22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="7">
         <v>2.91</v>
       </c>
       <c r="C23" s="7">
         <v>3.11</v>
       </c>
       <c r="D23" s="7">
         <v>3.3</v>
       </c>
       <c r="E23" s="7">
         <v>3.49</v>
       </c>
       <c r="F23" s="7">
-        <v>3.57</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="7">
-        <v>4.37</v>
+        <v>0.0</v>
       </c>
       <c r="H23" s="7">
-        <v>4.56</v>
+        <v>0.0</v>
       </c>
       <c r="I23" s="7">
-        <v>4.49</v>
+        <v>0.0</v>
       </c>
       <c r="J23" s="7">
         <v>0.0</v>
       </c>
       <c r="K23" s="7">
         <v>0.0</v>
       </c>
       <c r="L23" s="7">
         <v>0.0</v>
       </c>
       <c r="M23" s="7">
         <v>0.0</v>
       </c>
       <c r="N23" s="7">
         <v>0.0</v>
       </c>
       <c r="O23" s="7">
         <v>0.0</v>
       </c>
       <c r="P23" s="7">
         <v>0.0</v>
       </c>
       <c r="Q23" s="7">
         <v>0.0</v>
       </c>
@@ -3125,60 +3125,60 @@
       </c>
       <c r="P22" s="7">
         <v>0.0</v>
       </c>
       <c r="Q22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="7">
         <v>0.74</v>
       </c>
       <c r="C23" s="7">
         <v>0.77</v>
       </c>
       <c r="D23" s="7">
         <v>0.79</v>
       </c>
       <c r="E23" s="7">
         <v>0.75</v>
       </c>
       <c r="F23" s="7">
-        <v>0.74</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="7">
-        <v>0.76</v>
+        <v>0.0</v>
       </c>
       <c r="H23" s="7">
-        <v>0.81</v>
+        <v>0.0</v>
       </c>
       <c r="I23" s="7">
-        <v>0.79</v>
+        <v>0.0</v>
       </c>
       <c r="J23" s="7">
         <v>0.0</v>
       </c>
       <c r="K23" s="7">
         <v>0.0</v>
       </c>
       <c r="L23" s="7">
         <v>0.0</v>
       </c>
       <c r="M23" s="7">
         <v>0.0</v>
       </c>
       <c r="N23" s="7">
         <v>0.0</v>
       </c>
       <c r="O23" s="7">
         <v>0.0</v>
       </c>
       <c r="P23" s="7">
         <v>0.0</v>
       </c>
       <c r="Q23" s="7">
         <v>0.0</v>
       </c>
@@ -3997,60 +3997,60 @@
       </c>
       <c r="P22" s="7">
         <v>0.0</v>
       </c>
       <c r="Q22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="7">
         <v>1.37</v>
       </c>
       <c r="C23" s="7">
         <v>1.39</v>
       </c>
       <c r="D23" s="7">
         <v>1.39</v>
       </c>
       <c r="E23" s="7">
         <v>1.35</v>
       </c>
       <c r="F23" s="7">
-        <v>1.38</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="7">
-        <v>1.45</v>
+        <v>0.0</v>
       </c>
       <c r="H23" s="7">
-        <v>1.5</v>
+        <v>0.0</v>
       </c>
       <c r="I23" s="7">
-        <v>1.52</v>
+        <v>0.0</v>
       </c>
       <c r="J23" s="7">
         <v>0.0</v>
       </c>
       <c r="K23" s="7">
         <v>0.0</v>
       </c>
       <c r="L23" s="7">
         <v>0.0</v>
       </c>
       <c r="M23" s="7">
         <v>0.0</v>
       </c>
       <c r="N23" s="7">
         <v>0.0</v>
       </c>
       <c r="O23" s="7">
         <v>0.0</v>
       </c>
       <c r="P23" s="7">
         <v>0.0</v>
       </c>
       <c r="Q23" s="7">
         <v>0.0</v>
       </c>