--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -884,51 +884,51 @@
       </c>
       <c r="C21" s="12">
         <v>3.37</v>
       </c>
       <c r="D21" s="12">
         <v>3.87</v>
       </c>
       <c r="E21" s="12">
         <v>0.0</v>
       </c>
       <c r="F21" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="12">
         <v>1.37</v>
       </c>
       <c r="C22" s="12">
         <v>1.38</v>
       </c>
       <c r="D22" s="12">
-        <v>1.57</v>
+        <v>0.0</v>
       </c>
       <c r="E22" s="12">
         <v>0.0</v>
       </c>
       <c r="F22" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="12">
         <v>0.89</v>
       </c>
       <c r="C24" s="12">
         <v>1.0</v>
       </c>
       <c r="D24" s="12">
         <v>0.0</v>