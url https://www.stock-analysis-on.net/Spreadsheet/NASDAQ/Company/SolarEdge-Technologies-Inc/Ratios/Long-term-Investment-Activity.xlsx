--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1115,51 +1115,51 @@
       </c>
       <c r="C21" s="6">
         <v>7.36</v>
       </c>
       <c r="D21" s="6">
         <v>6.34</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B22" s="6">
         <v>2.91</v>
       </c>
       <c r="C22" s="6">
         <v>3.57</v>
       </c>
       <c r="D22" s="6">
-        <v>4.42</v>
+        <v>0.0</v>
       </c>
       <c r="E22" s="6">
         <v>0.0</v>
       </c>
       <c r="F22" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="13" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="6">
         <v>2.11</v>
       </c>
       <c r="C24" s="6">
         <v>2.31</v>
       </c>
       <c r="D24" s="6">
         <v>0.0</v>
@@ -1566,51 +1566,51 @@
       </c>
       <c r="C24" s="6">
         <v>6.62</v>
       </c>
       <c r="D24" s="6">
         <v>5.64</v>
       </c>
       <c r="E24" s="6">
         <v>0.0</v>
       </c>
       <c r="F24" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="6">
         <v>2.74</v>
       </c>
       <c r="C25" s="6">
         <v>3.27</v>
       </c>
       <c r="D25" s="6">
-        <v>4.03</v>
+        <v>0.0</v>
       </c>
       <c r="E25" s="6">
         <v>0.0</v>
       </c>
       <c r="F25" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:6" customHeight="1" ht="28.8">
       <c r="A26" s="13" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="6">
         <v>2.04</v>
       </c>
       <c r="C27" s="6">
         <v>2.23</v>
       </c>
       <c r="D27" s="6">
         <v>0.0</v>
@@ -1977,51 +1977,51 @@
       </c>
       <c r="C21" s="6">
         <v>0.81</v>
       </c>
       <c r="D21" s="6">
         <v>0.66</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B22" s="6">
         <v>0.74</v>
       </c>
       <c r="C22" s="6">
         <v>0.74</v>
       </c>
       <c r="D22" s="6">
-        <v>0.75</v>
+        <v>0.0</v>
       </c>
       <c r="E22" s="6">
         <v>0.0</v>
       </c>
       <c r="F22" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="6">
         <v>0.5</v>
       </c>
       <c r="C24" s="6">
         <v>0.53</v>
       </c>
       <c r="D24" s="6">
         <v>0.0</v>
@@ -2388,51 +2388,51 @@
       </c>
       <c r="C21" s="6">
         <v>3.37</v>
       </c>
       <c r="D21" s="6">
         <v>3.87</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B22" s="6">
         <v>1.37</v>
       </c>
       <c r="C22" s="6">
         <v>1.38</v>
       </c>
       <c r="D22" s="6">
-        <v>1.57</v>
+        <v>0.0</v>
       </c>
       <c r="E22" s="6">
         <v>0.0</v>
       </c>
       <c r="F22" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="13" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="6">
         <v>0.89</v>
       </c>
       <c r="C24" s="6">
         <v>1.0</v>
       </c>
       <c r="D24" s="6">
         <v>0.0</v>