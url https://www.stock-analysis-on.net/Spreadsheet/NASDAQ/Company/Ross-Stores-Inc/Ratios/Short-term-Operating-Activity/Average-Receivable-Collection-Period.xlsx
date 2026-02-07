--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -649,51 +649,51 @@
       <c r="G8" s="9">
         <v>2.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="34.8">
       <c r="A9" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="28.8">
       <c r="A10" s="10" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="12">
         <v>19.0</v>
       </c>
       <c r="C11" s="12">
         <v>16.0</v>
       </c>
       <c r="D11" s="12">
-        <v>14.0</v>
+        <v>0.0</v>
       </c>
       <c r="E11" s="12">
         <v>0.0</v>
       </c>
       <c r="F11" s="12">
         <v>0.0</v>
       </c>
       <c r="G11" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="12">
         <v>8.0</v>
       </c>
       <c r="C12" s="12">
         <v>8.0</v>
       </c>
       <c r="D12" s="12">
         <v>7.0</v>
       </c>
       <c r="E12" s="12">