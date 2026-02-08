--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1217,51 +1217,51 @@
       <c r="G11" s="10">
         <v>21.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="28.8">
       <c r="A13" s="15" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="8">
         <v>-39.0</v>
       </c>
       <c r="C14" s="8">
         <v>-45.0</v>
       </c>
       <c r="D14" s="8">
-        <v>-62.0</v>
+        <v>0.0</v>
       </c>
       <c r="E14" s="8">
         <v>0.0</v>
       </c>
       <c r="F14" s="8">
         <v>0.0</v>
       </c>
       <c r="G14" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="8">
         <v>39.0</v>
       </c>
       <c r="C15" s="8">
         <v>29.0</v>
       </c>
       <c r="D15" s="8">
         <v>41.0</v>
       </c>
       <c r="E15" s="8">
@@ -1519,51 +1519,51 @@
       <c r="G9" s="14">
         <v>6.06</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="15" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="7">
         <v>8.4</v>
       </c>
       <c r="C12" s="7">
         <v>8.34</v>
       </c>
       <c r="D12" s="7">
-        <v>9.8</v>
+        <v>0.0</v>
       </c>
       <c r="E12" s="7">
         <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
       <c r="G12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="7">
         <v>4.55</v>
       </c>
       <c r="C13" s="7">
         <v>5.25</v>
       </c>
       <c r="D13" s="7">
         <v>5.0</v>
       </c>
       <c r="E13" s="7">
@@ -1821,51 +1821,51 @@
       <c r="G9" s="14">
         <v>171.21000000000001</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="15" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="7">
         <v>19.32</v>
       </c>
       <c r="C12" s="7">
         <v>23.26</v>
       </c>
       <c r="D12" s="7">
-        <v>26.09</v>
+        <v>0.0</v>
       </c>
       <c r="E12" s="7">
         <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
       <c r="G12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="7">
         <v>44.12</v>
       </c>
       <c r="C13" s="7">
         <v>44.15</v>
       </c>
       <c r="D13" s="7">
         <v>52.34</v>
       </c>
       <c r="E13" s="7">
@@ -2123,51 +2123,51 @@
       <c r="G9" s="14">
         <v>8.98</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="7">
         <v>3.63</v>
       </c>
       <c r="C12" s="7">
         <v>3.46</v>
       </c>
       <c r="D12" s="7">
-        <v>3.22</v>
+        <v>0.0</v>
       </c>
       <c r="E12" s="7">
         <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
       <c r="G12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="7">
         <v>7.45</v>
       </c>
       <c r="C13" s="7">
         <v>7.52</v>
       </c>
       <c r="D13" s="7">
         <v>9.33</v>
       </c>
       <c r="E13" s="7">
@@ -2471,51 +2471,51 @@
       <c r="G12" s="14">
         <v>12.13</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="34.8">
       <c r="A13" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="28.8">
       <c r="A14" s="15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="7">
         <v>0.0</v>
       </c>
       <c r="C15" s="7">
         <v>24.33</v>
       </c>
       <c r="D15" s="7">
-        <v>60.82</v>
+        <v>0.0</v>
       </c>
       <c r="E15" s="7">
         <v>0.0</v>
       </c>
       <c r="F15" s="7">
         <v>0.0</v>
       </c>
       <c r="G15" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="7">
         <v>417.56</v>
       </c>
       <c r="C16" s="7">
         <v>24.87</v>
       </c>
       <c r="D16" s="7">
         <v>76.81</v>
       </c>
       <c r="E16" s="7">
@@ -2750,51 +2750,51 @@
       <c r="G8" s="10">
         <v>60.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="34.8">
       <c r="A9" s="5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="28.8">
       <c r="A10" s="15" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="8">
         <v>43.0</v>
       </c>
       <c r="C11" s="8">
         <v>44.0</v>
       </c>
       <c r="D11" s="8">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="E11" s="8">
         <v>0.0</v>
       </c>
       <c r="F11" s="8">
         <v>0.0</v>
       </c>
       <c r="G11" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="8">
         <v>80.0</v>
       </c>
       <c r="C12" s="8">
         <v>70.0</v>
       </c>
       <c r="D12" s="8">
         <v>73.0</v>
       </c>
       <c r="E12" s="8">
@@ -3029,51 +3029,51 @@
       <c r="G8" s="10">
         <v>2.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="34.8">
       <c r="A9" s="5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="28.8">
       <c r="A10" s="15" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="8">
         <v>19.0</v>
       </c>
       <c r="C11" s="8">
         <v>16.0</v>
       </c>
       <c r="D11" s="8">
-        <v>14.0</v>
+        <v>0.0</v>
       </c>
       <c r="E11" s="8">
         <v>0.0</v>
       </c>
       <c r="F11" s="8">
         <v>0.0</v>
       </c>
       <c r="G11" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="8">
         <v>8.0</v>
       </c>
       <c r="C12" s="8">
         <v>8.0</v>
       </c>
       <c r="D12" s="8">
         <v>7.0</v>
       </c>
       <c r="E12" s="8">
@@ -3336,51 +3336,51 @@
       <c r="G10" s="10">
         <v>62.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="34.8">
       <c r="A11" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="28.8">
       <c r="A12" s="15" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="8">
         <v>62.0</v>
       </c>
       <c r="C13" s="8">
         <v>60.0</v>
       </c>
       <c r="D13" s="8">
-        <v>51.0</v>
+        <v>0.0</v>
       </c>
       <c r="E13" s="8">
         <v>0.0</v>
       </c>
       <c r="F13" s="8">
         <v>0.0</v>
       </c>
       <c r="G13" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>88.0</v>
       </c>
       <c r="C14" s="8">
         <v>78.0</v>
       </c>
       <c r="D14" s="8">
         <v>80.0</v>
       </c>
       <c r="E14" s="8">
@@ -3615,51 +3615,51 @@
       <c r="G8" s="10">
         <v>41.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="34.8">
       <c r="A9" s="5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="28.8">
       <c r="A10" s="15" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="8">
         <v>101.0</v>
       </c>
       <c r="C11" s="8">
         <v>105.0</v>
       </c>
       <c r="D11" s="8">
-        <v>113.0</v>
+        <v>0.0</v>
       </c>
       <c r="E11" s="8">
         <v>0.0</v>
       </c>
       <c r="F11" s="8">
         <v>0.0</v>
       </c>
       <c r="G11" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="8">
         <v>49.0</v>
       </c>
       <c r="C12" s="8">
         <v>49.0</v>
       </c>
       <c r="D12" s="8">
         <v>39.0</v>
       </c>
       <c r="E12" s="8">