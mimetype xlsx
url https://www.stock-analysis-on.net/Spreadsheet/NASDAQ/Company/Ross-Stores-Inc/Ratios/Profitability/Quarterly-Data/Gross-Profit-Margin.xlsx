--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -900,60 +900,60 @@
       <c r="A13" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="13">
         <v>0.4624</v>
       </c>
       <c r="C13" s="13">
         <v>0.4553</v>
       </c>
       <c r="D13" s="13">
         <v>0.4473</v>
       </c>
       <c r="E13" s="13">
         <v>0.4381</v>
       </c>
       <c r="F13" s="13">
         <v>0.4304</v>
       </c>
       <c r="G13" s="13">
         <v>0.4265</v>
       </c>
       <c r="H13" s="13">
         <v>0.4214</v>
       </c>
       <c r="I13" s="13">
-        <v>0.4203</v>
+        <v>0.0</v>
       </c>
       <c r="J13" s="13">
-        <v>0.4131</v>
+        <v>0.0</v>
       </c>
       <c r="K13" s="13">
-        <v>0.4068</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="13">
-        <v>0.4001</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="13">
         <v>0.0</v>
       </c>
       <c r="N13" s="13">
         <v>0.0</v>
       </c>
       <c r="O13" s="13">
         <v>0.0</v>
       </c>
       <c r="P13" s="13">
         <v>0.0</v>
       </c>
       <c r="Q13" s="13">
         <v>0.0</v>
       </c>
       <c r="R13" s="13">
         <v>0.0</v>
       </c>
       <c r="S13" s="13">
         <v>0.0</v>
       </c>
       <c r="T13" s="13">
         <v>0.0</v>
       </c>