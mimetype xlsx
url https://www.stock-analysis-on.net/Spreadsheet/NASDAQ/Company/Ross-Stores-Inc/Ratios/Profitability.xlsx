--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -976,51 +976,51 @@
       <c r="G9" s="11">
         <v>0.287</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="7">
         <v>0.4381</v>
       </c>
       <c r="C12" s="7">
         <v>0.4203</v>
       </c>
       <c r="D12" s="7">
-        <v>0.3957</v>
+        <v>0.0</v>
       </c>
       <c r="E12" s="7">
         <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
       <c r="G12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="7">
         <v>0.3363</v>
       </c>
       <c r="C13" s="7">
         <v>0.3395</v>
       </c>
       <c r="D13" s="7">
         <v>0.3409</v>
       </c>
       <c r="E13" s="7">
@@ -1222,51 +1222,51 @@
       <c r="G9" s="11">
         <v>0.1401</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="7">
         <v>0.0238</v>
       </c>
       <c r="C12" s="7">
         <v>0.053</v>
       </c>
       <c r="D12" s="7">
-        <v>0.0593</v>
+        <v>0.0</v>
       </c>
       <c r="E12" s="7">
         <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
       <c r="G12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="7">
         <v>0.1524</v>
       </c>
       <c r="C13" s="7">
         <v>0.1384</v>
       </c>
       <c r="D13" s="7">
         <v>0.1437</v>
       </c>
       <c r="E13" s="7">
@@ -1524,51 +1524,51 @@
       <c r="G9" s="11">
         <v>0.0869</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="7">
         <v>-0.0053</v>
       </c>
       <c r="C12" s="7">
         <v>0.071</v>
       </c>
       <c r="D12" s="7">
-        <v>0.0553</v>
+        <v>0.0</v>
       </c>
       <c r="E12" s="7">
         <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
       <c r="G12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="7">
         <v>0.1087</v>
       </c>
       <c r="C13" s="7">
         <v>0.0974</v>
       </c>
       <c r="D13" s="7">
         <v>0.102</v>
       </c>
       <c r="E13" s="7">
@@ -1826,51 +1826,51 @@
       <c r="G9" s="11">
         <v>0.4067</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="7">
         <v>-0.0186</v>
       </c>
       <c r="C12" s="7">
         <v>0.2413</v>
       </c>
       <c r="D12" s="7">
-        <v>0.2284</v>
+        <v>0.0</v>
       </c>
       <c r="E12" s="7">
         <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
       <c r="G12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="7">
         <v>0.0</v>
       </c>
       <c r="C13" s="7">
         <v>3.9</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
@@ -2128,51 +2128,51 @@
       <c r="G9" s="11">
         <v>0.2105</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="7">
         <v>-0.0059</v>
       </c>
       <c r="C12" s="7">
         <v>0.0793</v>
       </c>
       <c r="D12" s="7">
-        <v>0.0664</v>
+        <v>0.0</v>
       </c>
       <c r="E12" s="7">
         <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
       <c r="G12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="7">
         <v>0.2286</v>
       </c>
       <c r="C13" s="7">
         <v>0.1823</v>
       </c>
       <c r="D13" s="7">
         <v>0.2194</v>
       </c>
       <c r="E13" s="7">