--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -868,66 +868,66 @@
       </c>
       <c r="B19" s="12">
         <v>71.0</v>
       </c>
       <c r="C19" s="12">
         <v>59.0</v>
       </c>
       <c r="D19" s="12">
         <v>37.0</v>
       </c>
       <c r="E19" s="12">
         <v>69.0</v>
       </c>
       <c r="F19" s="12">
         <v>70.0</v>
       </c>
       <c r="G19" s="12">
         <v>60.0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="12">
-        <v>0.0</v>
+        <v>36.0</v>
       </c>
       <c r="C20" s="12">
         <v>46.0</v>
       </c>
       <c r="D20" s="12">
         <v>45.0</v>
       </c>
       <c r="E20" s="12">
         <v>50.0</v>
       </c>
       <c r="F20" s="12">
         <v>35.0</v>
       </c>
       <c r="G20" s="12">
-        <v>29.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="28.8">
       <c r="A21" s="10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="12">
         <v>0.0</v>
       </c>
       <c r="C22" s="12">
         <v>66.0</v>
       </c>
       <c r="D22" s="12">
         <v>54.0</v>
       </c>
       <c r="E22" s="12">
         <v>66.0</v>
       </c>
       <c r="F22" s="12">
         <v>52.0</v>