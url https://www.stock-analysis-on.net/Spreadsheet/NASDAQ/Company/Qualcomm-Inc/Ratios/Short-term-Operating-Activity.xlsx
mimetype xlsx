--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1436,66 +1436,66 @@
       </c>
       <c r="B22" s="8">
         <v>107.0</v>
       </c>
       <c r="C22" s="8">
         <v>117.0</v>
       </c>
       <c r="D22" s="8">
         <v>177.0</v>
       </c>
       <c r="E22" s="8">
         <v>95.0</v>
       </c>
       <c r="F22" s="8">
         <v>89.0</v>
       </c>
       <c r="G22" s="8">
         <v>81.0</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="8">
-        <v>0.0</v>
+        <v>236.0</v>
       </c>
       <c r="C23" s="8">
         <v>246.0</v>
       </c>
       <c r="D23" s="8">
         <v>217.0</v>
       </c>
       <c r="E23" s="8">
         <v>146.0</v>
       </c>
       <c r="F23" s="8">
         <v>116.0</v>
       </c>
       <c r="G23" s="8">
-        <v>144.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7" customHeight="1" ht="28.8">
       <c r="A24" s="15" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B25" s="8">
         <v>0.0</v>
       </c>
       <c r="C25" s="8">
         <v>119.0</v>
       </c>
       <c r="D25" s="8">
         <v>136.0</v>
       </c>
       <c r="E25" s="8">
         <v>113.0</v>
       </c>
       <c r="F25" s="8">
         <v>101.0</v>
@@ -1876,66 +1876,66 @@
       </c>
       <c r="B20" s="7">
         <v>3.24</v>
       </c>
       <c r="C20" s="7">
         <v>3.15</v>
       </c>
       <c r="D20" s="7">
         <v>2.25</v>
       </c>
       <c r="E20" s="7">
         <v>3.62</v>
       </c>
       <c r="F20" s="7">
         <v>3.44</v>
       </c>
       <c r="G20" s="7">
         <v>4.24</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B21" s="7">
-        <v>0.0</v>
+        <v>1.58</v>
       </c>
       <c r="C21" s="7">
         <v>1.45</v>
       </c>
       <c r="D21" s="7">
         <v>1.63</v>
       </c>
       <c r="E21" s="7">
         <v>2.27</v>
       </c>
       <c r="F21" s="7">
         <v>3.12</v>
       </c>
       <c r="G21" s="7">
-        <v>2.66</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B23" s="7">
         <v>0.0</v>
       </c>
       <c r="C23" s="7">
         <v>2.68</v>
       </c>
       <c r="D23" s="7">
         <v>2.47</v>
       </c>
       <c r="E23" s="7">
         <v>2.81</v>
       </c>
       <c r="F23" s="7">
         <v>3.51</v>
@@ -2316,66 +2316,66 @@
       </c>
       <c r="B20" s="7">
         <v>5.66</v>
       </c>
       <c r="C20" s="7">
         <v>6.09</v>
       </c>
       <c r="D20" s="7">
         <v>7.05</v>
       </c>
       <c r="E20" s="7">
         <v>5.79</v>
       </c>
       <c r="F20" s="7">
         <v>6.86</v>
       </c>
       <c r="G20" s="7">
         <v>6.59</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B21" s="7">
-        <v>0.0</v>
+        <v>9.0099999999999998</v>
       </c>
       <c r="C21" s="7">
         <v>9.1</v>
       </c>
       <c r="D21" s="7">
         <v>9.8</v>
       </c>
       <c r="E21" s="7">
         <v>10.57</v>
       </c>
       <c r="F21" s="7">
         <v>10.78</v>
       </c>
       <c r="G21" s="7">
-        <v>10.23</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="15" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B23" s="7">
         <v>0.0</v>
       </c>
       <c r="C23" s="7">
         <v>7.47</v>
       </c>
       <c r="D23" s="7">
         <v>8.69</v>
       </c>
       <c r="E23" s="7">
         <v>7.52</v>
       </c>
       <c r="F23" s="7">
         <v>7.48</v>
@@ -2756,66 +2756,66 @@
       </c>
       <c r="B20" s="7">
         <v>5.17</v>
       </c>
       <c r="C20" s="7">
         <v>6.16</v>
       </c>
       <c r="D20" s="7">
         <v>9.74</v>
       </c>
       <c r="E20" s="7">
         <v>5.29</v>
       </c>
       <c r="F20" s="7">
         <v>5.23</v>
       </c>
       <c r="G20" s="7">
         <v>6.04</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B21" s="7">
-        <v>0.0</v>
+        <v>10.050000000000001</v>
       </c>
       <c r="C21" s="7">
         <v>7.98</v>
       </c>
       <c r="D21" s="7">
         <v>8.1</v>
       </c>
       <c r="E21" s="7">
         <v>7.35</v>
       </c>
       <c r="F21" s="7">
         <v>10.45</v>
       </c>
       <c r="G21" s="7">
-        <v>12.51</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B23" s="7">
         <v>0.0</v>
       </c>
       <c r="C23" s="7">
         <v>5.53</v>
       </c>
       <c r="D23" s="7">
         <v>6.74</v>
       </c>
       <c r="E23" s="7">
         <v>5.51</v>
       </c>
       <c r="F23" s="7">
         <v>7.03</v>
@@ -3242,66 +3242,66 @@
       </c>
       <c r="B23" s="7">
         <v>2.1</v>
       </c>
       <c r="C23" s="7">
         <v>1.81</v>
       </c>
       <c r="D23" s="7">
         <v>1.63</v>
       </c>
       <c r="E23" s="7">
         <v>1.1</v>
       </c>
       <c r="F23" s="7">
         <v>1.37</v>
       </c>
       <c r="G23" s="7">
         <v>0.92</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="7">
-        <v>0.0</v>
+        <v>1.67</v>
       </c>
       <c r="C24" s="7">
         <v>1.37</v>
       </c>
       <c r="D24" s="7">
         <v>1.48</v>
       </c>
       <c r="E24" s="7">
         <v>1.81</v>
       </c>
       <c r="F24" s="7">
         <v>1.65</v>
       </c>
       <c r="G24" s="7">
-        <v>1.84</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="28.8">
       <c r="A25" s="15" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B26" s="7">
         <v>0.0</v>
       </c>
       <c r="C26" s="7">
         <v>2.55</v>
       </c>
       <c r="D26" s="7">
         <v>2.24</v>
       </c>
       <c r="E26" s="7">
         <v>2.55</v>
       </c>
       <c r="F26" s="7">
         <v>2.38</v>
@@ -3659,66 +3659,66 @@
       </c>
       <c r="B19" s="8">
         <v>113.0</v>
       </c>
       <c r="C19" s="8">
         <v>116.0</v>
       </c>
       <c r="D19" s="8">
         <v>162.0</v>
       </c>
       <c r="E19" s="8">
         <v>101.0</v>
       </c>
       <c r="F19" s="8">
         <v>106.0</v>
       </c>
       <c r="G19" s="8">
         <v>86.0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B20" s="8">
-        <v>0.0</v>
+        <v>231.0</v>
       </c>
       <c r="C20" s="8">
         <v>252.0</v>
       </c>
       <c r="D20" s="8">
         <v>225.0</v>
       </c>
       <c r="E20" s="8">
         <v>161.0</v>
       </c>
       <c r="F20" s="8">
         <v>117.0</v>
       </c>
       <c r="G20" s="8">
-        <v>137.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="28.8">
       <c r="A21" s="15" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="8">
         <v>0.0</v>
       </c>
       <c r="C22" s="8">
         <v>136.0</v>
       </c>
       <c r="D22" s="8">
         <v>148.0</v>
       </c>
       <c r="E22" s="8">
         <v>130.0</v>
       </c>
       <c r="F22" s="8">
         <v>104.0</v>
@@ -4076,66 +4076,66 @@
       </c>
       <c r="B19" s="8">
         <v>65.0</v>
       </c>
       <c r="C19" s="8">
         <v>60.0</v>
       </c>
       <c r="D19" s="8">
         <v>52.0</v>
       </c>
       <c r="E19" s="8">
         <v>63.0</v>
       </c>
       <c r="F19" s="8">
         <v>53.0</v>
       </c>
       <c r="G19" s="8">
         <v>55.0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B20" s="8">
-        <v>0.0</v>
+        <v>41.0</v>
       </c>
       <c r="C20" s="8">
         <v>40.0</v>
       </c>
       <c r="D20" s="8">
         <v>37.0</v>
       </c>
       <c r="E20" s="8">
         <v>35.0</v>
       </c>
       <c r="F20" s="8">
         <v>34.0</v>
       </c>
       <c r="G20" s="8">
-        <v>36.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="28.8">
       <c r="A21" s="15" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="8">
         <v>0.0</v>
       </c>
       <c r="C22" s="8">
         <v>49.0</v>
       </c>
       <c r="D22" s="8">
         <v>42.0</v>
       </c>
       <c r="E22" s="8">
         <v>49.0</v>
       </c>
       <c r="F22" s="8">
         <v>49.0</v>
@@ -4521,66 +4521,66 @@
       </c>
       <c r="B21" s="8">
         <v>178.0</v>
       </c>
       <c r="C21" s="8">
         <v>176.0</v>
       </c>
       <c r="D21" s="8">
         <v>214.0</v>
       </c>
       <c r="E21" s="8">
         <v>164.0</v>
       </c>
       <c r="F21" s="8">
         <v>159.0</v>
       </c>
       <c r="G21" s="8">
         <v>141.0</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B22" s="8">
-        <v>0.0</v>
+        <v>272.0</v>
       </c>
       <c r="C22" s="8">
         <v>292.0</v>
       </c>
       <c r="D22" s="8">
         <v>262.0</v>
       </c>
       <c r="E22" s="8">
         <v>196.0</v>
       </c>
       <c r="F22" s="8">
         <v>151.0</v>
       </c>
       <c r="G22" s="8">
-        <v>173.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="28.8">
       <c r="A23" s="15" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B24" s="8">
         <v>0.0</v>
       </c>
       <c r="C24" s="8">
         <v>185.0</v>
       </c>
       <c r="D24" s="8">
         <v>190.0</v>
       </c>
       <c r="E24" s="8">
         <v>179.0</v>
       </c>
       <c r="F24" s="8">
         <v>153.0</v>
@@ -4938,66 +4938,66 @@
       </c>
       <c r="B19" s="8">
         <v>71.0</v>
       </c>
       <c r="C19" s="8">
         <v>59.0</v>
       </c>
       <c r="D19" s="8">
         <v>37.0</v>
       </c>
       <c r="E19" s="8">
         <v>69.0</v>
       </c>
       <c r="F19" s="8">
         <v>70.0</v>
       </c>
       <c r="G19" s="8">
         <v>60.0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B20" s="8">
-        <v>0.0</v>
+        <v>36.0</v>
       </c>
       <c r="C20" s="8">
         <v>46.0</v>
       </c>
       <c r="D20" s="8">
         <v>45.0</v>
       </c>
       <c r="E20" s="8">
         <v>50.0</v>
       </c>
       <c r="F20" s="8">
         <v>35.0</v>
       </c>
       <c r="G20" s="8">
-        <v>29.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="28.8">
       <c r="A21" s="15" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="8">
         <v>0.0</v>
       </c>
       <c r="C22" s="8">
         <v>66.0</v>
       </c>
       <c r="D22" s="8">
         <v>54.0</v>
       </c>
       <c r="E22" s="8">
         <v>66.0</v>
       </c>
       <c r="F22" s="8">
         <v>52.0</v>