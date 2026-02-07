--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1141,66 +1141,66 @@
       </c>
       <c r="B20" s="6">
         <v>20.77</v>
       </c>
       <c r="C20" s="6">
         <v>15.57</v>
       </c>
       <c r="D20" s="6">
         <v>7.09</v>
       </c>
       <c r="E20" s="6">
         <v>9.69</v>
       </c>
       <c r="F20" s="6">
         <v>7.76</v>
       </c>
       <c r="G20" s="6">
         <v>6.52</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="6">
-        <v>0.0</v>
+        <v>1.44</v>
       </c>
       <c r="C21" s="6">
         <v>1.38</v>
       </c>
       <c r="D21" s="6">
         <v>1.75</v>
       </c>
       <c r="E21" s="6">
         <v>2.91</v>
       </c>
       <c r="F21" s="6">
         <v>3.57</v>
       </c>
       <c r="G21" s="6">
-        <v>4.42</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="13" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="6">
         <v>0.0</v>
       </c>
       <c r="C23" s="6">
         <v>1.83</v>
       </c>
       <c r="D23" s="6">
         <v>1.66</v>
       </c>
       <c r="E23" s="6">
         <v>2.11</v>
       </c>
       <c r="F23" s="6">
         <v>2.31</v>
@@ -1627,66 +1627,66 @@
       </c>
       <c r="B23" s="6">
         <v>16.16</v>
       </c>
       <c r="C23" s="6">
         <v>11.58</v>
       </c>
       <c r="D23" s="6">
         <v>5.57</v>
       </c>
       <c r="E23" s="6">
         <v>7.46</v>
       </c>
       <c r="F23" s="6">
         <v>5.84</v>
       </c>
       <c r="G23" s="6">
         <v>4.76</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="6">
-        <v>0.0</v>
+        <v>1.36</v>
       </c>
       <c r="C24" s="6">
         <v>1.29</v>
       </c>
       <c r="D24" s="6">
         <v>1.66</v>
       </c>
       <c r="E24" s="6">
         <v>2.74</v>
       </c>
       <c r="F24" s="6">
         <v>3.27</v>
       </c>
       <c r="G24" s="6">
-        <v>4.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="28.8">
       <c r="A25" s="13" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="6">
         <v>0.0</v>
       </c>
       <c r="C26" s="6">
         <v>1.76</v>
       </c>
       <c r="D26" s="6">
         <v>1.6</v>
       </c>
       <c r="E26" s="6">
         <v>2.04</v>
       </c>
       <c r="F26" s="6">
         <v>2.23</v>
@@ -2067,66 +2067,66 @@
       </c>
       <c r="B20" s="6">
         <v>1.17</v>
       </c>
       <c r="C20" s="6">
         <v>0.93</v>
       </c>
       <c r="D20" s="6">
         <v>0.65</v>
       </c>
       <c r="E20" s="6">
         <v>0.61</v>
       </c>
       <c r="F20" s="6">
         <v>0.58</v>
       </c>
       <c r="G20" s="6">
         <v>0.63</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="6">
-        <v>0.0</v>
+        <v>0.51</v>
       </c>
       <c r="C21" s="6">
         <v>0.44</v>
       </c>
       <c r="D21" s="6">
         <v>0.54</v>
       </c>
       <c r="E21" s="6">
         <v>0.74</v>
       </c>
       <c r="F21" s="6">
         <v>0.74</v>
       </c>
       <c r="G21" s="6">
-        <v>0.75</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="13" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="6">
         <v>0.0</v>
       </c>
       <c r="C23" s="6">
         <v>0.43</v>
       </c>
       <c r="D23" s="6">
         <v>0.43</v>
       </c>
       <c r="E23" s="6">
         <v>0.5</v>
       </c>
       <c r="F23" s="6">
         <v>0.53</v>
@@ -2507,66 +2507,66 @@
       </c>
       <c r="B20" s="6">
         <v>1.65</v>
       </c>
       <c r="C20" s="6">
         <v>1.42</v>
       </c>
       <c r="D20" s="6">
         <v>1.22</v>
       </c>
       <c r="E20" s="6">
         <v>1.01</v>
       </c>
       <c r="F20" s="6">
         <v>0.99</v>
       </c>
       <c r="G20" s="6">
         <v>0.89</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="6">
-        <v>0.0</v>
+        <v>1.09</v>
       </c>
       <c r="C21" s="6">
         <v>0.93</v>
       </c>
       <c r="D21" s="6">
         <v>1.04</v>
       </c>
       <c r="E21" s="6">
         <v>1.37</v>
       </c>
       <c r="F21" s="6">
         <v>1.38</v>
       </c>
       <c r="G21" s="6">
-        <v>1.57</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="13" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="6">
         <v>0.0</v>
       </c>
       <c r="C23" s="6">
         <v>0.79</v>
       </c>
       <c r="D23" s="6">
         <v>0.78</v>
       </c>
       <c r="E23" s="6">
         <v>0.89</v>
       </c>
       <c r="F23" s="6">
         <v>1.0</v>