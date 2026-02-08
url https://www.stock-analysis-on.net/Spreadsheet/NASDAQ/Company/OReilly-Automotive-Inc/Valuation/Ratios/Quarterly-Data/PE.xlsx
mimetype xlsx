--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -973,60 +973,60 @@
     </row>
     <row r="13" spans="1:20" customHeight="1" ht="34.8">
       <c r="A13" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:20" customHeight="1" ht="28.8">
       <c r="A14" s="13" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="10">
         <v>93.17</v>
       </c>
       <c r="C15" s="10">
         <v>118.45</v>
       </c>
       <c r="D15" s="10">
         <v>59.049999999999997</v>
       </c>
       <c r="E15" s="10">
-        <v>48.079999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="10">
-        <v>65.12</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="10">
-        <v>57.25</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="10">
-        <v>65.0</v>
+        <v>0.0</v>
       </c>
       <c r="I15" s="10">
         <v>0.0</v>
       </c>
       <c r="J15" s="10">
         <v>0.0</v>
       </c>
       <c r="K15" s="10">
         <v>0.0</v>
       </c>
       <c r="L15" s="10">
         <v>0.0</v>
       </c>
       <c r="M15" s="10">
         <v>0.0</v>
       </c>
       <c r="N15" s="10">
         <v>0.0</v>
       </c>
       <c r="O15" s="10">
         <v>0.0</v>
       </c>
       <c r="P15" s="10">
         <v>0.0</v>
       </c>