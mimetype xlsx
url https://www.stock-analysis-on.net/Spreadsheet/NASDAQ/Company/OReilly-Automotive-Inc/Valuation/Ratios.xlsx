--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -812,170 +812,170 @@
       <c r="B13" s="7">
         <v>212.97999999999999</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="7">
         <v>-1.06</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="10">
         <v>24.09</v>
       </c>
       <c r="C16" s="10">
-        <v>37.95</v>
+        <v>29.07</v>
       </c>
       <c r="D16" s="10">
         <v>25.9</v>
       </c>
       <c r="E16" s="10">
         <v>22.45</v>
       </c>
       <c r="F16" s="10">
         <v>35.58</v>
       </c>
       <c r="G16" s="10">
-        <v>56.77</v>
+        <v>56.95</v>
       </c>
       <c r="H16" s="10">
-        <v>52.11</v>
+        <v>52.19</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="10">
         <v>3.64</v>
       </c>
       <c r="C17" s="10">
-        <v>32.41</v>
+        <v>24.77</v>
       </c>
       <c r="D17" s="10">
         <v>5.32</v>
       </c>
       <c r="E17" s="10">
         <v>6.14</v>
       </c>
       <c r="F17" s="10">
         <v>25.76</v>
       </c>
       <c r="G17" s="10">
-        <v>43.89</v>
+        <v>44.030000000000001</v>
       </c>
       <c r="H17" s="10">
-        <v>40.66</v>
+        <v>40.72</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="10">
         <v>0.04</v>
       </c>
       <c r="C18" s="10">
-        <v>2.22</v>
+        <v>1.68</v>
       </c>
       <c r="D18" s="10">
         <v>0.07</v>
       </c>
       <c r="E18" s="10">
         <v>0.08</v>
       </c>
       <c r="F18" s="10">
         <v>0.93</v>
       </c>
       <c r="G18" s="10">
-        <v>1.93</v>
+        <v>1.94</v>
       </c>
       <c r="H18" s="10">
         <v>1.85</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="10">
         <v>17.88</v>
       </c>
       <c r="C19" s="10">
-        <v>32.78</v>
+        <v>28.23</v>
       </c>
       <c r="D19" s="10">
         <v>17.81</v>
       </c>
       <c r="E19" s="10">
         <v>14.92</v>
       </c>
       <c r="F19" s="10">
         <v>27.46</v>
       </c>
       <c r="G19" s="10">
-        <v>55.46</v>
+        <v>55.64</v>
       </c>
       <c r="H19" s="10">
-        <v>54.45</v>
+        <v>54.53</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B20" s="10">
         <v>3.91</v>
       </c>
       <c r="C20" s="10">
-        <v>3.52</v>
+        <v>3.15</v>
       </c>
       <c r="D20" s="10">
         <v>2.4</v>
       </c>
       <c r="E20" s="10">
         <v>1.87</v>
       </c>
       <c r="F20" s="10">
         <v>3.07</v>
       </c>
       <c r="G20" s="10">
-        <v>4.09</v>
+        <v>4.1</v>
       </c>
       <c r="H20" s="10">
-        <v>4.74</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="11"/>
       <c r="C21" s="11"/>
       <c r="D21" s="11"/>
       <c r="E21" s="11"/>
       <c r="F21" s="11"/>
       <c r="G21" s="11"/>
       <c r="H21" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1266,51 +1266,51 @@
       <c r="E11" s="15">
         <v>21.77</v>
       </c>
       <c r="F11" s="15">
         <v>18.02</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="16" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>2</v>
       </c>
       <c r="B14" s="10">
         <v>48.079999999999998</v>
       </c>
       <c r="C14" s="10">
-        <v>78.2</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="10">
         <v>0.0</v>
       </c>
       <c r="E14" s="10">
         <v>0.0</v>
       </c>
       <c r="F14" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="10">
         <v>24.51</v>
       </c>
       <c r="C15" s="10">
         <v>17.38</v>
       </c>
       <c r="D15" s="10">
         <v>0.0</v>
       </c>
       <c r="E15" s="10">
@@ -1577,51 +1577,51 @@
       <c r="E11" s="15">
         <v>15.89</v>
       </c>
       <c r="F11" s="15">
         <v>11.84</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="16" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>2</v>
       </c>
       <c r="B14" s="10">
         <v>64.48</v>
       </c>
       <c r="C14" s="10">
-        <v>72.84999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="10">
         <v>0.0</v>
       </c>
       <c r="E14" s="10">
         <v>0.0</v>
       </c>
       <c r="F14" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="10">
         <v>17.25</v>
       </c>
       <c r="C15" s="10">
         <v>12.33</v>
       </c>
       <c r="D15" s="10">
         <v>0.0</v>
       </c>
       <c r="E15" s="10">
@@ -1888,51 +1888,51 @@
       <c r="E11" s="15">
         <v>3.02</v>
       </c>
       <c r="F11" s="15">
         <v>2.28</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="16" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>2</v>
       </c>
       <c r="B14" s="10">
         <v>3.41</v>
       </c>
       <c r="C14" s="10">
-        <v>4.32</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="10">
         <v>0.0</v>
       </c>
       <c r="E14" s="10">
         <v>0.0</v>
       </c>
       <c r="F14" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="10">
         <v>2.39</v>
       </c>
       <c r="C15" s="10">
         <v>1.77</v>
       </c>
       <c r="D15" s="10">
         <v>0.0</v>
       </c>
       <c r="E15" s="10">
@@ -2199,51 +2199,51 @@
       <c r="E11" s="15">
         <v>81.54000000000001</v>
       </c>
       <c r="F11" s="15">
         <v>31.29</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="16" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>2</v>
       </c>
       <c r="B14" s="10">
         <v>11.6</v>
       </c>
       <c r="C14" s="10">
-        <v>17.86</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="10">
         <v>0.0</v>
       </c>
       <c r="E14" s="10">
         <v>0.0</v>
       </c>
       <c r="F14" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="10">
         <v>95.58</v>
       </c>
       <c r="C15" s="10">
         <v>0.0</v>
       </c>
       <c r="D15" s="10">
         <v>0.0</v>
       </c>
       <c r="E15" s="10">