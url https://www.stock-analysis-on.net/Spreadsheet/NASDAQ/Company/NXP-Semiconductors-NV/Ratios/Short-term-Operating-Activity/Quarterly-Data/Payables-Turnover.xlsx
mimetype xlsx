--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -880,60 +880,60 @@
       </c>
       <c r="D20" s="13">
         <v>5.19</v>
       </c>
       <c r="E20" s="13">
         <v>4.83</v>
       </c>
       <c r="F20" s="13">
         <v>4.62</v>
       </c>
       <c r="G20" s="13">
         <v>4.38</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="13">
         <v>8.46</v>
       </c>
       <c r="C21" s="13">
         <v>9.27</v>
       </c>
       <c r="D21" s="13">
-        <v>9.14</v>
+        <v>0.0</v>
       </c>
       <c r="E21" s="13">
-        <v>9.93</v>
+        <v>0.0</v>
       </c>
       <c r="F21" s="13">
-        <v>9.86</v>
+        <v>0.0</v>
       </c>
       <c r="G21" s="13">
-        <v>9.6</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="14"/>
       <c r="C22" s="14"/>
       <c r="D22" s="14"/>
       <c r="E22" s="14"/>
       <c r="F22" s="14"/>
       <c r="G22" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>