--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1362,60 +1362,60 @@
       </c>
       <c r="D21" s="9">
         <v>89.0</v>
       </c>
       <c r="E21" s="9">
         <v>90.0</v>
       </c>
       <c r="F21" s="9">
         <v>96.0</v>
       </c>
       <c r="G21" s="9">
         <v>90.0</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="17" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="9">
         <v>131.0</v>
       </c>
       <c r="C22" s="9">
         <v>123.0</v>
       </c>
       <c r="D22" s="9">
-        <v>111.0</v>
+        <v>0.0</v>
       </c>
       <c r="E22" s="9">
-        <v>112.0</v>
+        <v>0.0</v>
       </c>
       <c r="F22" s="9">
-        <v>115.0</v>
+        <v>0.0</v>
       </c>
       <c r="G22" s="9">
-        <v>126.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="13"/>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="13"/>
       <c r="G23" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -1774,60 +1774,60 @@
       </c>
       <c r="D22" s="8">
         <v>4.42</v>
       </c>
       <c r="E22" s="8">
         <v>4.18</v>
       </c>
       <c r="F22" s="8">
         <v>4.41</v>
       </c>
       <c r="G22" s="8">
         <v>4.17</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="17" t="s">
         <v>32</v>
       </c>
       <c r="B23" s="8">
         <v>2.74</v>
       </c>
       <c r="C23" s="8">
         <v>2.88</v>
       </c>
       <c r="D23" s="8">
-        <v>3.12</v>
+        <v>0.0</v>
       </c>
       <c r="E23" s="8">
-        <v>3.18</v>
+        <v>0.0</v>
       </c>
       <c r="F23" s="8">
-        <v>3.12</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="8">
-        <v>2.88</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="13"/>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="13"/>
       <c r="G24" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -2163,60 +2163,60 @@
       </c>
       <c r="D21" s="8">
         <v>6.86</v>
       </c>
       <c r="E21" s="8">
         <v>5.8</v>
       </c>
       <c r="F21" s="8">
         <v>6.27</v>
       </c>
       <c r="G21" s="8">
         <v>6.18</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="17" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="8">
         <v>8.95</v>
       </c>
       <c r="C22" s="8">
         <v>10.56</v>
       </c>
       <c r="D22" s="8">
-        <v>10.78</v>
+        <v>0.0</v>
       </c>
       <c r="E22" s="8">
-        <v>10.64</v>
+        <v>0.0</v>
       </c>
       <c r="F22" s="8">
-        <v>10.54</v>
+        <v>0.0</v>
       </c>
       <c r="G22" s="8">
-        <v>9.74</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="13"/>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="13"/>
       <c r="G23" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -2529,60 +2529,60 @@
       </c>
       <c r="D20" s="8">
         <v>5.19</v>
       </c>
       <c r="E20" s="8">
         <v>4.83</v>
       </c>
       <c r="F20" s="8">
         <v>4.62</v>
       </c>
       <c r="G20" s="8">
         <v>4.38</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="17" t="s">
         <v>32</v>
       </c>
       <c r="B21" s="8">
         <v>8.46</v>
       </c>
       <c r="C21" s="8">
         <v>9.27</v>
       </c>
       <c r="D21" s="8">
-        <v>9.14</v>
+        <v>0.0</v>
       </c>
       <c r="E21" s="8">
-        <v>9.93</v>
+        <v>0.0</v>
       </c>
       <c r="F21" s="8">
-        <v>9.86</v>
+        <v>0.0</v>
       </c>
       <c r="G21" s="8">
-        <v>9.6</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B22" s="13"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="13"/>
       <c r="G22" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -2987,60 +2987,60 @@
       </c>
       <c r="D25" s="8">
         <v>4.13</v>
       </c>
       <c r="E25" s="8">
         <v>3.96</v>
       </c>
       <c r="F25" s="8">
         <v>3.19</v>
       </c>
       <c r="G25" s="8">
         <v>2.53</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="17" t="s">
         <v>32</v>
       </c>
       <c r="B26" s="8">
         <v>1.87</v>
       </c>
       <c r="C26" s="8">
         <v>1.65</v>
       </c>
       <c r="D26" s="8">
-        <v>1.65</v>
+        <v>0.0</v>
       </c>
       <c r="E26" s="8">
-        <v>1.57</v>
+        <v>0.0</v>
       </c>
       <c r="F26" s="8">
-        <v>1.87</v>
+        <v>0.0</v>
       </c>
       <c r="G26" s="8">
-        <v>1.77</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B27" s="13"/>
       <c r="C27" s="13"/>
       <c r="D27" s="13"/>
       <c r="E27" s="13"/>
       <c r="F27" s="13"/>
       <c r="G27" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -3376,60 +3376,60 @@
       </c>
       <c r="D21" s="9">
         <v>83.0</v>
       </c>
       <c r="E21" s="9">
         <v>87.0</v>
       </c>
       <c r="F21" s="9">
         <v>83.0</v>
       </c>
       <c r="G21" s="9">
         <v>88.0</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="17" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="9">
         <v>133.0</v>
       </c>
       <c r="C22" s="9">
         <v>127.0</v>
       </c>
       <c r="D22" s="9">
-        <v>117.0</v>
+        <v>0.0</v>
       </c>
       <c r="E22" s="9">
-        <v>115.0</v>
+        <v>0.0</v>
       </c>
       <c r="F22" s="9">
-        <v>117.0</v>
+        <v>0.0</v>
       </c>
       <c r="G22" s="9">
-        <v>127.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="13"/>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="13"/>
       <c r="G23" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -3742,60 +3742,60 @@
       </c>
       <c r="D19" s="9">
         <v>53.0</v>
       </c>
       <c r="E19" s="9">
         <v>63.0</v>
       </c>
       <c r="F19" s="9">
         <v>58.0</v>
       </c>
       <c r="G19" s="9">
         <v>59.0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="17" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="9">
         <v>41.0</v>
       </c>
       <c r="C20" s="9">
         <v>35.0</v>
       </c>
       <c r="D20" s="9">
-        <v>34.0</v>
+        <v>0.0</v>
       </c>
       <c r="E20" s="9">
-        <v>34.0</v>
+        <v>0.0</v>
       </c>
       <c r="F20" s="9">
-        <v>35.0</v>
+        <v>0.0</v>
       </c>
       <c r="G20" s="9">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="13"/>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="13"/>
       <c r="G21" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -4136,60 +4136,60 @@
       </c>
       <c r="D22" s="9">
         <v>159.0</v>
       </c>
       <c r="E22" s="9">
         <v>162.0</v>
       </c>
       <c r="F22" s="9">
         <v>163.0</v>
       </c>
       <c r="G22" s="9">
         <v>155.0</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="17" t="s">
         <v>32</v>
       </c>
       <c r="B23" s="9">
         <v>174.0</v>
       </c>
       <c r="C23" s="9">
         <v>162.0</v>
       </c>
       <c r="D23" s="9">
-        <v>151.0</v>
+        <v>0.0</v>
       </c>
       <c r="E23" s="9">
-        <v>149.0</v>
+        <v>0.0</v>
       </c>
       <c r="F23" s="9">
-        <v>152.0</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="9">
-        <v>164.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="13"/>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="13"/>
       <c r="G24" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -4479,60 +4479,60 @@
       </c>
       <c r="D19" s="9">
         <v>70.0</v>
       </c>
       <c r="E19" s="9">
         <v>76.0</v>
       </c>
       <c r="F19" s="9">
         <v>79.0</v>
       </c>
       <c r="G19" s="9">
         <v>83.0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="17" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="9">
         <v>43.0</v>
       </c>
       <c r="C20" s="9">
         <v>39.0</v>
       </c>
       <c r="D20" s="9">
-        <v>40.0</v>
+        <v>0.0</v>
       </c>
       <c r="E20" s="9">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="F20" s="9">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="G20" s="9">
-        <v>38.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="13"/>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="13"/>
       <c r="G21" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>