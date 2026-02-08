--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -881,51 +881,51 @@
       </c>
       <c r="B21" s="12">
         <v>5.19</v>
       </c>
       <c r="C21" s="12">
         <v>4.12</v>
       </c>
       <c r="D21" s="12">
         <v>0.0</v>
       </c>
       <c r="E21" s="12">
         <v>0.0</v>
       </c>
       <c r="F21" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="12">
         <v>10.45</v>
       </c>
       <c r="C22" s="12">
-        <v>12.51</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="12">
         <v>0.0</v>
       </c>
       <c r="E22" s="12">
         <v>0.0</v>
       </c>
       <c r="F22" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="12">
         <v>7.03</v>
       </c>
       <c r="C24" s="12">
         <v>0.0</v>