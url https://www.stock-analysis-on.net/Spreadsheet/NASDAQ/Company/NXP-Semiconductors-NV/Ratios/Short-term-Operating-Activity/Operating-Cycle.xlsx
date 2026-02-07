--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -885,51 +885,51 @@
       </c>
       <c r="B22" s="7">
         <v>107.0</v>
       </c>
       <c r="C22" s="7">
         <v>144.0</v>
       </c>
       <c r="D22" s="7">
         <v>0.0</v>
       </c>
       <c r="E22" s="7">
         <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="7">
         <v>151.0</v>
       </c>
       <c r="C23" s="7">
-        <v>173.0</v>
+        <v>0.0</v>
       </c>
       <c r="D23" s="7">
         <v>0.0</v>
       </c>
       <c r="E23" s="7">
         <v>0.0</v>
       </c>
       <c r="F23" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6" customHeight="1" ht="28.8">
       <c r="A24" s="10" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="11" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="7">
         <v>153.0</v>
       </c>
       <c r="C25" s="7">
         <v>0.0</v>