--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -858,51 +858,51 @@
       </c>
       <c r="B20" s="12">
         <v>24.0</v>
       </c>
       <c r="C20" s="12">
         <v>42.0</v>
       </c>
       <c r="D20" s="12">
         <v>0.0</v>
       </c>
       <c r="E20" s="12">
         <v>0.0</v>
       </c>
       <c r="F20" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="12">
         <v>34.0</v>
       </c>
       <c r="C21" s="12">
-        <v>36.0</v>
+        <v>0.0</v>
       </c>
       <c r="D21" s="12">
         <v>0.0</v>
       </c>
       <c r="E21" s="12">
         <v>0.0</v>
       </c>
       <c r="F21" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="28.8">
       <c r="A22" s="10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="12">
         <v>49.0</v>
       </c>
       <c r="C23" s="12">
         <v>0.0</v>