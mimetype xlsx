--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1220,60 +1220,60 @@
       </c>
       <c r="D22" s="8">
         <v>0.5751</v>
       </c>
       <c r="E22" s="8">
         <v>0.5982</v>
       </c>
       <c r="F22" s="8">
         <v>0.5999</v>
       </c>
       <c r="G22" s="8">
         <v>0.6017</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="8">
         <v>0.6926</v>
       </c>
       <c r="C23" s="8">
         <v>0.6868</v>
       </c>
       <c r="D23" s="8">
-        <v>0.6747</v>
+        <v>0.0</v>
       </c>
       <c r="E23" s="8">
-        <v>0.6636</v>
+        <v>0.0</v>
       </c>
       <c r="F23" s="8">
-        <v>0.6546</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="8">
-        <v>0.647</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -1632,60 +1632,60 @@
       </c>
       <c r="D22" s="8">
         <v>0.2916</v>
       </c>
       <c r="E22" s="8">
         <v>0.3174</v>
       </c>
       <c r="F22" s="8">
         <v>0.3035</v>
       </c>
       <c r="G22" s="8">
         <v>0.2904</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="8">
         <v>0.5152</v>
       </c>
       <c r="C23" s="8">
         <v>0.5055</v>
       </c>
       <c r="D23" s="8">
-        <v>0.4884</v>
+        <v>0.0</v>
       </c>
       <c r="E23" s="8">
-        <v>0.4702</v>
+        <v>0.0</v>
       </c>
       <c r="F23" s="8">
-        <v>0.4519</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="8">
-        <v>0.4273</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -2044,60 +2044,60 @@
       </c>
       <c r="D22" s="8">
         <v>0.2694</v>
       </c>
       <c r="E22" s="8">
         <v>0.2825</v>
       </c>
       <c r="F22" s="8">
         <v>0.2728</v>
       </c>
       <c r="G22" s="8">
         <v>0.2521</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="8">
         <v>0.4378</v>
       </c>
       <c r="C23" s="8">
         <v>0.4334</v>
       </c>
       <c r="D23" s="8">
-        <v>0.4235</v>
+        <v>0.0</v>
       </c>
       <c r="E23" s="8">
-        <v>0.4161</v>
+        <v>0.0</v>
       </c>
       <c r="F23" s="8">
-        <v>0.4012</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="8">
-        <v>0.4004</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -2456,60 +2456,60 @@
       </c>
       <c r="D22" s="8">
         <v>0.9088</v>
       </c>
       <c r="E22" s="8">
         <v>1.1256</v>
       </c>
       <c r="F22" s="8">
         <v>1.0805</v>
       </c>
       <c r="G22" s="8">
         <v>0.9117</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="8">
         <v>0.6086</v>
       </c>
       <c r="C23" s="8">
         <v>0.5862</v>
       </c>
       <c r="D23" s="8">
-        <v>0.5827</v>
+        <v>0.0</v>
       </c>
       <c r="E23" s="8">
-        <v>0.6023</v>
+        <v>0.0</v>
       </c>
       <c r="F23" s="8">
-        <v>0.603</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="8">
-        <v>0.6073</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -2868,60 +2868,60 @@
       </c>
       <c r="D22" s="8">
         <v>0.2193</v>
       </c>
       <c r="E22" s="8">
         <v>0.2374</v>
       </c>
       <c r="F22" s="8">
         <v>0.2158</v>
       </c>
       <c r="G22" s="8">
         <v>0.1795</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="8">
         <v>0.3469</v>
       </c>
       <c r="C23" s="8">
         <v>0.3251</v>
       </c>
       <c r="D23" s="8">
-        <v>0.3148</v>
+        <v>0.0</v>
       </c>
       <c r="E23" s="8">
-        <v>0.3145</v>
+        <v>0.0</v>
       </c>
       <c r="F23" s="8">
-        <v>0.3264</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="8">
-        <v>0.3144</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>