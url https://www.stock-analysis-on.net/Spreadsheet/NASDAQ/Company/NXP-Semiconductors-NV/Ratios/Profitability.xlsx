--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1163,51 +1163,51 @@
       </c>
       <c r="B21" s="7">
         <v>0.5751</v>
       </c>
       <c r="C21" s="7">
         <v>0.6067</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
         <v>0.0</v>
       </c>
       <c r="F21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="7">
         <v>0.6747</v>
       </c>
       <c r="C22" s="7">
-        <v>0.641</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="7">
         <v>0.0</v>
       </c>
       <c r="E22" s="7">
         <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
@@ -1524,51 +1524,51 @@
       </c>
       <c r="B21" s="7">
         <v>0.2916</v>
       </c>
       <c r="C21" s="7">
         <v>0.2658</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
         <v>0.0</v>
       </c>
       <c r="F21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="7">
         <v>0.4884</v>
       </c>
       <c r="C22" s="7">
-        <v>0.4076</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="7">
         <v>0.0</v>
       </c>
       <c r="E22" s="7">
         <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>32</v>
       </c>
       <c r="B24" s="7">
         <v>0.283</v>
       </c>
       <c r="C24" s="7">
         <v>0.0</v>
@@ -1935,51 +1935,51 @@
       </c>
       <c r="B21" s="7">
         <v>0.2694</v>
       </c>
       <c r="C21" s="7">
         <v>0.2209</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
         <v>0.0</v>
       </c>
       <c r="F21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="7">
         <v>0.4235</v>
       </c>
       <c r="C22" s="7">
-        <v>0.3869</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="7">
         <v>0.0</v>
       </c>
       <c r="E22" s="7">
         <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>32</v>
       </c>
       <c r="B24" s="7">
         <v>0.2583</v>
       </c>
       <c r="C24" s="7">
         <v>0.0</v>
@@ -2346,51 +2346,51 @@
       </c>
       <c r="B21" s="7">
         <v>0.9088</v>
       </c>
       <c r="C21" s="7">
         <v>0.8554</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
         <v>0.0</v>
       </c>
       <c r="F21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="7">
         <v>0.5827</v>
       </c>
       <c r="C22" s="7">
-        <v>0.609</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="7">
         <v>0.0</v>
       </c>
       <c r="E22" s="7">
         <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>32</v>
       </c>
       <c r="B24" s="7">
         <v>0.2579</v>
       </c>
       <c r="C24" s="7">
         <v>0.0</v>
@@ -2757,51 +2757,51 @@
       </c>
       <c r="B21" s="7">
         <v>0.2193</v>
       </c>
       <c r="C21" s="7">
         <v>0.146</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
         <v>0.0</v>
       </c>
       <c r="F21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="7">
         <v>0.3148</v>
       </c>
       <c r="C22" s="7">
-        <v>0.2891</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="7">
         <v>0.0</v>
       </c>
       <c r="E22" s="7">
         <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>32</v>
       </c>
       <c r="B24" s="7">
         <v>0.1362</v>
       </c>
       <c r="C24" s="7">
         <v>0.0</v>