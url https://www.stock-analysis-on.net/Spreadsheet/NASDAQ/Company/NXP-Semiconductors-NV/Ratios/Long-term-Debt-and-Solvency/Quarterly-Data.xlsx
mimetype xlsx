--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1220,60 +1220,60 @@
       </c>
       <c r="D25" s="8">
         <v>1.58</v>
       </c>
       <c r="E25" s="8">
         <v>1.92</v>
       </c>
       <c r="F25" s="8">
         <v>2.12</v>
       </c>
       <c r="G25" s="8">
         <v>2.13</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B26" s="8">
         <v>0.51</v>
       </c>
       <c r="C26" s="8">
         <v>0.55</v>
       </c>
       <c r="D26" s="8">
-        <v>0.58</v>
+        <v>0.0</v>
       </c>
       <c r="E26" s="8">
-        <v>0.64</v>
+        <v>0.0</v>
       </c>
       <c r="F26" s="8">
-        <v>0.56</v>
+        <v>0.0</v>
       </c>
       <c r="G26" s="8">
-        <v>0.61</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -1701,60 +1701,60 @@
       </c>
       <c r="D25" s="8">
         <v>0.61</v>
       </c>
       <c r="E25" s="8">
         <v>0.66</v>
       </c>
       <c r="F25" s="8">
         <v>0.68</v>
       </c>
       <c r="G25" s="8">
         <v>0.68</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B26" s="8">
         <v>0.34</v>
       </c>
       <c r="C26" s="8">
         <v>0.36</v>
       </c>
       <c r="D26" s="8">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="E26" s="8">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="F26" s="8">
-        <v>0.36</v>
+        <v>0.0</v>
       </c>
       <c r="G26" s="8">
-        <v>0.38</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -2159,60 +2159,60 @@
       </c>
       <c r="D25" s="8">
         <v>0.38</v>
       </c>
       <c r="E25" s="8">
         <v>0.41</v>
       </c>
       <c r="F25" s="8">
         <v>0.42</v>
       </c>
       <c r="G25" s="8">
         <v>0.42</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B26" s="8">
         <v>0.29</v>
       </c>
       <c r="C26" s="8">
         <v>0.31</v>
       </c>
       <c r="D26" s="8">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
       <c r="E26" s="8">
-        <v>0.33</v>
+        <v>0.0</v>
       </c>
       <c r="F26" s="8">
-        <v>0.3</v>
+        <v>0.0</v>
       </c>
       <c r="G26" s="8">
-        <v>0.32</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -2571,60 +2571,60 @@
       </c>
       <c r="D22" s="8">
         <v>4.14</v>
       </c>
       <c r="E22" s="8">
         <v>4.74</v>
       </c>
       <c r="F22" s="8">
         <v>5.0099999999999998</v>
       </c>
       <c r="G22" s="8">
         <v>5.08</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="8">
         <v>1.75</v>
       </c>
       <c r="C23" s="8">
         <v>1.8</v>
       </c>
       <c r="D23" s="8">
-        <v>1.85</v>
+        <v>0.0</v>
       </c>
       <c r="E23" s="8">
-        <v>1.92</v>
+        <v>0.0</v>
       </c>
       <c r="F23" s="8">
-        <v>1.85</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="8">
-        <v>1.93</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>