--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -953,51 +953,51 @@
       </c>
       <c r="B24" s="13">
         <v>19.38</v>
       </c>
       <c r="C24" s="13">
         <v>10.5</v>
       </c>
       <c r="D24" s="13">
         <v>0.0</v>
       </c>
       <c r="E24" s="13">
         <v>0.0</v>
       </c>
       <c r="F24" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="13">
         <v>49.47</v>
       </c>
       <c r="C25" s="13">
-        <v>32.67</v>
+        <v>0.0</v>
       </c>
       <c r="D25" s="13">
         <v>0.0</v>
       </c>
       <c r="E25" s="13">
         <v>0.0</v>
       </c>
       <c r="F25" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:6" customHeight="1" ht="28.8">
       <c r="A26" s="11" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B27" s="13">
         <v>18.41</v>
       </c>
       <c r="C27" s="13">
         <v>0.0</v>