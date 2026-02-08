--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -930,51 +930,51 @@
       </c>
       <c r="B24" s="13">
         <v>1.58</v>
       </c>
       <c r="C24" s="13">
         <v>2.59</v>
       </c>
       <c r="D24" s="13">
         <v>0.0</v>
       </c>
       <c r="E24" s="13">
         <v>0.0</v>
       </c>
       <c r="F24" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="13">
         <v>0.58</v>
       </c>
       <c r="C25" s="13">
-        <v>0.74</v>
+        <v>0.0</v>
       </c>
       <c r="D25" s="13">
         <v>0.0</v>
       </c>
       <c r="E25" s="13">
         <v>0.0</v>
       </c>
       <c r="F25" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:6" customHeight="1" ht="28.8">
       <c r="A26" s="11" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="12" t="s">
         <v>23</v>
       </c>
       <c r="B27" s="13">
         <v>0.5</v>
       </c>
       <c r="C27" s="13">
         <v>0.0</v>