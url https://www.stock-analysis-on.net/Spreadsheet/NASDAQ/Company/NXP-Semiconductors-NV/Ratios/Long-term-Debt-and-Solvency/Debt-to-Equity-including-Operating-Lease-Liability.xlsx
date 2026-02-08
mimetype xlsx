--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1002,51 +1002,51 @@
       </c>
       <c r="B27" s="14">
         <v>1.64</v>
       </c>
       <c r="C27" s="14">
         <v>2.67</v>
       </c>
       <c r="D27" s="14">
         <v>0.0</v>
       </c>
       <c r="E27" s="14">
         <v>0.0</v>
       </c>
       <c r="F27" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="14">
         <v>0.62</v>
       </c>
       <c r="C28" s="14">
-        <v>0.77</v>
+        <v>0.0</v>
       </c>
       <c r="D28" s="14">
         <v>0.0</v>
       </c>
       <c r="E28" s="14">
         <v>0.0</v>
       </c>
       <c r="F28" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:6" customHeight="1" ht="28.8">
       <c r="A29" s="12" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B30" s="14">
         <v>0.52</v>
       </c>
       <c r="C30" s="14">
         <v>0.0</v>