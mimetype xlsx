--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1179,64 +1179,64 @@
       <c r="B17" s="17">
         <v>51.48</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="17">
         <v>193.21000000000001</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B19" s="17">
         <v>11.36</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B20" s="17">
-        <v>107.27</v>
+        <v>68.040000000000006</v>
       </c>
     </row>
     <row r="21" spans="1:2" customHeight="1" ht="28.8">
       <c r="A21" s="15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="16" t="s">
         <v>36</v>
       </c>
       <c r="B22" s="17">
-        <v>120.54000000000001</v>
+        <v>120.53</v>
       </c>
     </row>
     <row r="23" spans="1:2" customHeight="1" ht="28.8">
       <c r="A23" s="15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="16" t="s">
         <v>38</v>
       </c>
       <c r="B24" s="17">
         <v>53.039999999999999</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B25" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
@@ -1569,66 +1569,66 @@
       </c>
       <c r="B20" s="17">
         <v>14.87</v>
       </c>
       <c r="C20" s="17">
         <v>16.26</v>
       </c>
       <c r="D20" s="17">
         <v>11.61</v>
       </c>
       <c r="E20" s="17">
         <v>18.18</v>
       </c>
       <c r="F20" s="17">
         <v>17.47</v>
       </c>
       <c r="G20" s="17">
         <v>30.89</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B21" s="17">
-        <v>0.0</v>
+        <v>68.040000000000006</v>
       </c>
       <c r="C21" s="17">
         <v>89.36</v>
       </c>
       <c r="D21" s="17">
         <v>89.84999999999999</v>
       </c>
       <c r="E21" s="17">
         <v>27.02</v>
       </c>
       <c r="F21" s="17">
         <v>24.2</v>
       </c>
       <c r="G21" s="17">
-        <v>27.67</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="16" t="s">
         <v>36</v>
       </c>
       <c r="B23" s="17">
         <v>0.0</v>
       </c>
       <c r="C23" s="17">
         <v>56.97</v>
       </c>
       <c r="D23" s="17">
         <v>60.28</v>
       </c>
       <c r="E23" s="17">
         <v>34.98</v>
       </c>
       <c r="F23" s="17">
         <v>26.15</v>