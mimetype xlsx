--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -775,51 +775,51 @@
       </c>
       <c r="D17" s="13">
         <v>0.44</v>
       </c>
       <c r="E17" s="13">
         <v>0.0</v>
       </c>
       <c r="F17" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="13">
         <v>0.73</v>
       </c>
       <c r="C18" s="13">
         <v>0.7</v>
       </c>
       <c r="D18" s="13">
         <v>0.67</v>
       </c>
       <c r="E18" s="13">
-        <v>0.7</v>
+        <v>0.0</v>
       </c>
       <c r="F18" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="13">
         <v>0.46</v>
       </c>
       <c r="C20" s="13">
         <v>0.45</v>
       </c>
       <c r="D20" s="13">
         <v>0.44</v>
       </c>
       <c r="E20" s="13">
         <v>0.0</v>