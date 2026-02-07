--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1057,51 +1057,51 @@
       </c>
       <c r="E29" s="14">
         <v>14.48</v>
       </c>
       <c r="F29" s="14">
         <v>8.3</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B30" s="14">
         <v>10.2</v>
       </c>
       <c r="C30" s="14">
         <v>18.41</v>
       </c>
       <c r="D30" s="14">
         <v>36.7</v>
       </c>
       <c r="E30" s="14">
         <v>36.25</v>
       </c>
       <c r="F30" s="14">
-        <v>24.14</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="31" spans="1:6" customHeight="1" ht="28.8">
       <c r="A31" s="12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="13" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="14">
         <v>8.17</v>
       </c>
       <c r="C32" s="14">
         <v>8.34</v>
       </c>
       <c r="D32" s="14">
         <v>14.41</v>
       </c>
       <c r="E32" s="14">
         <v>12.75</v>
       </c>
       <c r="F32" s="14">
         <v>0.0</v>