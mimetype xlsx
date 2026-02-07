--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1515,51 +1515,51 @@
       </c>
       <c r="E29" s="7">
         <v>14.48</v>
       </c>
       <c r="F29" s="7">
         <v>8.3</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="13" t="s">
         <v>31</v>
       </c>
       <c r="B30" s="7">
         <v>10.2</v>
       </c>
       <c r="C30" s="7">
         <v>18.41</v>
       </c>
       <c r="D30" s="7">
         <v>36.7</v>
       </c>
       <c r="E30" s="7">
         <v>36.25</v>
       </c>
       <c r="F30" s="7">
-        <v>24.14</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="31" spans="1:6" customHeight="1" ht="28.8">
       <c r="A31" s="12" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B32" s="7">
         <v>8.17</v>
       </c>
       <c r="C32" s="7">
         <v>8.34</v>
       </c>
       <c r="D32" s="7">
         <v>14.41</v>
       </c>
       <c r="E32" s="7">
         <v>12.75</v>
       </c>
       <c r="F32" s="7">
         <v>0.0</v>
@@ -1926,51 +1926,51 @@
       </c>
       <c r="E21" s="7">
         <v>1.58</v>
       </c>
       <c r="F21" s="7">
         <v>2.59</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="7">
         <v>0.8</v>
       </c>
       <c r="C22" s="7">
         <v>0.66</v>
       </c>
       <c r="D22" s="7">
         <v>0.6</v>
       </c>
       <c r="E22" s="7">
         <v>0.58</v>
       </c>
       <c r="F22" s="7">
-        <v>0.74</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B24" s="7">
         <v>0.46</v>
       </c>
       <c r="C24" s="7">
         <v>0.47</v>
       </c>
       <c r="D24" s="7">
         <v>0.43</v>
       </c>
       <c r="E24" s="7">
         <v>0.5</v>
       </c>
       <c r="F24" s="7">
         <v>0.0</v>
@@ -2397,51 +2397,51 @@
       </c>
       <c r="E25" s="7">
         <v>1.64</v>
       </c>
       <c r="F25" s="7">
         <v>2.67</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="7">
         <v>0.85</v>
       </c>
       <c r="C26" s="7">
         <v>0.7</v>
       </c>
       <c r="D26" s="7">
         <v>0.63</v>
       </c>
       <c r="E26" s="7">
         <v>0.62</v>
       </c>
       <c r="F26" s="7">
-        <v>0.77</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6" customHeight="1" ht="28.8">
       <c r="A27" s="12" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B28" s="7">
         <v>0.48</v>
       </c>
       <c r="C28" s="7">
         <v>0.48</v>
       </c>
       <c r="D28" s="7">
         <v>0.45</v>
       </c>
       <c r="E28" s="7">
         <v>0.52</v>
       </c>
       <c r="F28" s="7">
         <v>0.0</v>
@@ -2828,51 +2828,51 @@
       </c>
       <c r="E22" s="7">
         <v>0.61</v>
       </c>
       <c r="F22" s="7">
         <v>0.72</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>31</v>
       </c>
       <c r="B23" s="7">
         <v>0.45</v>
       </c>
       <c r="C23" s="7">
         <v>0.4</v>
       </c>
       <c r="D23" s="7">
         <v>0.37</v>
       </c>
       <c r="E23" s="7">
         <v>0.37</v>
       </c>
       <c r="F23" s="7">
-        <v>0.43</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6" customHeight="1" ht="28.8">
       <c r="A24" s="12" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B25" s="7">
         <v>0.32</v>
       </c>
       <c r="C25" s="7">
         <v>0.32</v>
       </c>
       <c r="D25" s="7">
         <v>0.3</v>
       </c>
       <c r="E25" s="7">
         <v>0.33</v>
       </c>
       <c r="F25" s="7">
         <v>0.0</v>
@@ -3319,51 +3319,51 @@
       </c>
       <c r="E25" s="7">
         <v>0.62</v>
       </c>
       <c r="F25" s="7">
         <v>0.73</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="7">
         <v>0.46</v>
       </c>
       <c r="C26" s="7">
         <v>0.41</v>
       </c>
       <c r="D26" s="7">
         <v>0.39</v>
       </c>
       <c r="E26" s="7">
         <v>0.38</v>
       </c>
       <c r="F26" s="7">
-        <v>0.44</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6" customHeight="1" ht="28.8">
       <c r="A27" s="12" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B28" s="7">
         <v>0.33</v>
       </c>
       <c r="C28" s="7">
         <v>0.33</v>
       </c>
       <c r="D28" s="7">
         <v>0.31</v>
       </c>
       <c r="E28" s="7">
         <v>0.34</v>
       </c>
       <c r="F28" s="7">
         <v>0.0</v>
@@ -3730,51 +3730,51 @@
       </c>
       <c r="E21" s="7">
         <v>0.38</v>
       </c>
       <c r="F21" s="7">
         <v>0.44</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="7">
         <v>0.38</v>
       </c>
       <c r="C22" s="7">
         <v>0.35</v>
       </c>
       <c r="D22" s="7">
         <v>0.32</v>
       </c>
       <c r="E22" s="7">
         <v>0.31</v>
       </c>
       <c r="F22" s="7">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B24" s="7">
         <v>0.25</v>
       </c>
       <c r="C24" s="7">
         <v>0.26</v>
       </c>
       <c r="D24" s="7">
         <v>0.24</v>
       </c>
       <c r="E24" s="7">
         <v>0.26</v>
       </c>
       <c r="F24" s="7">
         <v>0.0</v>
@@ -4201,51 +4201,51 @@
       </c>
       <c r="E25" s="7">
         <v>0.4</v>
       </c>
       <c r="F25" s="7">
         <v>0.46</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="7">
         <v>0.4</v>
       </c>
       <c r="C26" s="7">
         <v>0.36</v>
       </c>
       <c r="D26" s="7">
         <v>0.34</v>
       </c>
       <c r="E26" s="7">
         <v>0.33</v>
       </c>
       <c r="F26" s="7">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6" customHeight="1" ht="28.8">
       <c r="A27" s="12" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B28" s="7">
         <v>0.26</v>
       </c>
       <c r="C28" s="7">
         <v>0.27</v>
       </c>
       <c r="D28" s="7">
         <v>0.25</v>
       </c>
       <c r="E28" s="7">
         <v>0.27</v>
       </c>
       <c r="F28" s="7">
         <v>0.0</v>
@@ -4612,51 +4612,51 @@
       </c>
       <c r="E21" s="7">
         <v>4.14</v>
       </c>
       <c r="F21" s="7">
         <v>5.86</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="7">
         <v>2.1</v>
       </c>
       <c r="C22" s="7">
         <v>1.91</v>
       </c>
       <c r="D22" s="7">
         <v>1.87</v>
       </c>
       <c r="E22" s="7">
         <v>1.85</v>
       </c>
       <c r="F22" s="7">
-        <v>2.11</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B24" s="7">
         <v>1.83</v>
       </c>
       <c r="C24" s="7">
         <v>1.79</v>
       </c>
       <c r="D24" s="7">
         <v>1.79</v>
       </c>
       <c r="E24" s="7">
         <v>1.89</v>
       </c>
       <c r="F24" s="7">
         <v>0.0</v>
@@ -5063,51 +5063,51 @@
       </c>
       <c r="E23" s="7">
         <v>19.38</v>
       </c>
       <c r="F23" s="7">
         <v>10.5</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>31</v>
       </c>
       <c r="B24" s="7">
         <v>11.73</v>
       </c>
       <c r="C24" s="7">
         <v>22.010000000000002</v>
       </c>
       <c r="D24" s="7">
         <v>47.88</v>
       </c>
       <c r="E24" s="7">
         <v>49.47</v>
       </c>
       <c r="F24" s="7">
-        <v>32.67</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="28.8">
       <c r="A25" s="12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B26" s="7">
         <v>9.45</v>
       </c>
       <c r="C26" s="7">
         <v>10.45</v>
       </c>
       <c r="D26" s="7">
         <v>21.2</v>
       </c>
       <c r="E26" s="7">
         <v>18.41</v>
       </c>
       <c r="F26" s="7">
         <v>0.0</v>