--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -828,140 +828,140 @@
       <c r="B11" s="7">
         <v>17.34</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="7">
         <v>36.0</v>
       </c>
     </row>
     <row r="13" spans="1:16" customHeight="1" ht="34.8">
       <c r="A13" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B14" s="9">
         <v>2.9</v>
       </c>
       <c r="C14" s="9">
-        <v>6.87</v>
+        <v>7.0099999999999998</v>
       </c>
       <c r="D14" s="9">
-        <v>6.18</v>
+        <v>6.46</v>
       </c>
       <c r="E14" s="9">
-        <v>2.51</v>
+        <v>2.61</v>
       </c>
       <c r="F14" s="9">
-        <v>6.38</v>
+        <v>6.41</v>
       </c>
       <c r="G14" s="9">
-        <v>21.43</v>
+        <v>22.21</v>
       </c>
       <c r="H14" s="9">
-        <v>6.48</v>
+        <v>6.61</v>
       </c>
       <c r="I14" s="9">
-        <v>6.45</v>
+        <v>6.51</v>
       </c>
       <c r="J14" s="9">
-        <v>4.63</v>
+        <v>4.72</v>
       </c>
       <c r="K14" s="9">
-        <v>2.37</v>
+        <v>2.43</v>
       </c>
       <c r="L14" s="9">
-        <v>5.67</v>
+        <v>5.81</v>
       </c>
       <c r="M14" s="9">
-        <v>4.75</v>
+        <v>4.76</v>
       </c>
       <c r="N14" s="9">
-        <v>10.56</v>
+        <v>11.0</v>
       </c>
       <c r="O14" s="9">
-        <v>7.12</v>
+        <v>7.29</v>
       </c>
       <c r="P14" s="9">
-        <v>3.86</v>
+        <v>3.95</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="B15" s="9">
         <v>1.4</v>
       </c>
       <c r="C15" s="9">
-        <v>116.42</v>
+        <v>118.76000000000001</v>
       </c>
       <c r="D15" s="9">
-        <v>33.7</v>
+        <v>35.21</v>
       </c>
       <c r="E15" s="9">
-        <v>7.42</v>
+        <v>7.73</v>
       </c>
       <c r="F15" s="9">
-        <v>3.08</v>
+        <v>3.09</v>
       </c>
       <c r="G15" s="9">
-        <v>68.0</v>
+        <v>70.48999999999999</v>
       </c>
       <c r="H15" s="9">
-        <v>9.59</v>
+        <v>9.79</v>
       </c>
       <c r="I15" s="9">
-        <v>8.0099999999999998</v>
+        <v>8.09</v>
       </c>
       <c r="J15" s="9">
-        <v>6.42</v>
+        <v>6.53</v>
       </c>
       <c r="K15" s="9">
-        <v>1.71</v>
+        <v>1.75</v>
       </c>
       <c r="L15" s="9">
-        <v>2.74</v>
+        <v>2.81</v>
       </c>
       <c r="M15" s="9">
         <v>4.11</v>
       </c>
       <c r="N15" s="9">
-        <v>7.09</v>
+        <v>7.39</v>
       </c>
       <c r="O15" s="9">
-        <v>8.19</v>
+        <v>8.39</v>
       </c>
       <c r="P15" s="9">
-        <v>6.52</v>
+        <v>6.67</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B16" s="10"/>
       <c r="C16" s="10"/>
       <c r="D16" s="10"/>
       <c r="E16" s="10"/>
       <c r="F16" s="10"/>
       <c r="G16" s="10"/>
       <c r="H16" s="10"/>
       <c r="I16" s="10"/>
       <c r="J16" s="10"/>
       <c r="K16" s="10"/>
       <c r="L16" s="10"/>
       <c r="M16" s="10"/>
       <c r="N16" s="10"/>
       <c r="O16" s="10"/>
       <c r="P16" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>