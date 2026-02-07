--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -2119,108 +2119,108 @@
       </c>
       <c r="R23" s="7">
         <v>21.24</v>
       </c>
       <c r="S23" s="7">
         <v>17.15</v>
       </c>
       <c r="T23" s="7">
         <v>17.46</v>
       </c>
       <c r="U23" s="7">
         <v>19.2</v>
       </c>
       <c r="V23" s="7">
         <v>27.4</v>
       </c>
     </row>
     <row r="24" spans="1:22">
       <c r="A24" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B24" s="7">
         <v>0.0</v>
       </c>
       <c r="C24" s="7">
-        <v>0.0</v>
+        <v>40.19</v>
       </c>
       <c r="D24" s="7">
         <v>31.02</v>
       </c>
       <c r="E24" s="7">
         <v>34.52</v>
       </c>
       <c r="F24" s="7">
         <v>30.23</v>
       </c>
       <c r="G24" s="7">
         <v>34.72</v>
       </c>
       <c r="H24" s="7">
         <v>37.07</v>
       </c>
       <c r="I24" s="7">
         <v>34.079999999999998</v>
       </c>
       <c r="J24" s="7">
         <v>26.94</v>
       </c>
       <c r="K24" s="7">
         <v>22.24</v>
       </c>
       <c r="L24" s="7">
         <v>18.13</v>
       </c>
       <c r="M24" s="7">
         <v>20.79</v>
       </c>
       <c r="N24" s="7">
         <v>18.079999999999998</v>
       </c>
       <c r="O24" s="7">
         <v>18.88</v>
       </c>
       <c r="P24" s="7">
         <v>16.050000000000001</v>
       </c>
       <c r="Q24" s="7">
         <v>18.27</v>
       </c>
       <c r="R24" s="7">
         <v>19.010000000000002</v>
       </c>
       <c r="S24" s="7">
-        <v>20.38</v>
+        <v>0.0</v>
       </c>
       <c r="T24" s="7">
-        <v>23.61</v>
+        <v>0.0</v>
       </c>
       <c r="U24" s="7">
-        <v>25.25</v>
+        <v>0.0</v>
       </c>
       <c r="V24" s="7">
-        <v>27.2</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:22">
       <c r="A25" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="8"/>
       <c r="C25" s="8"/>
       <c r="D25" s="8"/>
       <c r="E25" s="8"/>
       <c r="F25" s="8"/>
       <c r="G25" s="8"/>
       <c r="H25" s="8"/>
       <c r="I25" s="8"/>
       <c r="J25" s="8"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="8"/>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="8"/>
@@ -3289,108 +3289,108 @@
       </c>
       <c r="R23" s="7">
         <v>19.059999999999999</v>
       </c>
       <c r="S23" s="7">
         <v>15.84</v>
       </c>
       <c r="T23" s="7">
         <v>15.54</v>
       </c>
       <c r="U23" s="7">
         <v>17.26</v>
       </c>
       <c r="V23" s="7">
         <v>23.79</v>
       </c>
     </row>
     <row r="24" spans="1:22">
       <c r="A24" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B24" s="7">
         <v>0.0</v>
       </c>
       <c r="C24" s="7">
-        <v>0.0</v>
+        <v>33.37</v>
       </c>
       <c r="D24" s="7">
         <v>26.4</v>
       </c>
       <c r="E24" s="7">
         <v>29.91</v>
       </c>
       <c r="F24" s="7">
         <v>26.77</v>
       </c>
       <c r="G24" s="7">
         <v>30.49</v>
       </c>
       <c r="H24" s="7">
         <v>32.74</v>
       </c>
       <c r="I24" s="7">
         <v>30.38</v>
       </c>
       <c r="J24" s="7">
         <v>23.82</v>
       </c>
       <c r="K24" s="7">
         <v>19.75</v>
       </c>
       <c r="L24" s="7">
         <v>16.15</v>
       </c>
       <c r="M24" s="7">
         <v>18.24</v>
       </c>
       <c r="N24" s="7">
         <v>15.69</v>
       </c>
       <c r="O24" s="7">
         <v>16.29</v>
       </c>
       <c r="P24" s="7">
         <v>13.69</v>
       </c>
       <c r="Q24" s="7">
         <v>15.53</v>
       </c>
       <c r="R24" s="7">
         <v>16.3</v>
       </c>
       <c r="S24" s="7">
-        <v>17.67</v>
+        <v>0.0</v>
       </c>
       <c r="T24" s="7">
-        <v>20.89</v>
+        <v>0.0</v>
       </c>
       <c r="U24" s="7">
-        <v>22.42</v>
+        <v>0.0</v>
       </c>
       <c r="V24" s="7">
-        <v>25.48</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:22">
       <c r="A25" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="8"/>
       <c r="C25" s="8"/>
       <c r="D25" s="8"/>
       <c r="E25" s="8"/>
       <c r="F25" s="8"/>
       <c r="G25" s="8"/>
       <c r="H25" s="8"/>
       <c r="I25" s="8"/>
       <c r="J25" s="8"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="8"/>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="8"/>
@@ -4459,108 +4459,108 @@
       </c>
       <c r="R23" s="7">
         <v>5.89</v>
       </c>
       <c r="S23" s="7">
         <v>4.62</v>
       </c>
       <c r="T23" s="7">
         <v>4.93</v>
       </c>
       <c r="U23" s="7">
         <v>5.24</v>
       </c>
       <c r="V23" s="7">
         <v>6.91</v>
       </c>
     </row>
     <row r="24" spans="1:22">
       <c r="A24" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B24" s="7">
         <v>0.0</v>
       </c>
       <c r="C24" s="7">
-        <v>0.0</v>
+        <v>11.37</v>
       </c>
       <c r="D24" s="7">
         <v>9.06</v>
       </c>
       <c r="E24" s="7">
         <v>10.43</v>
       </c>
       <c r="F24" s="7">
         <v>9.18</v>
       </c>
       <c r="G24" s="7">
         <v>10.65</v>
       </c>
       <c r="H24" s="7">
         <v>11.71</v>
       </c>
       <c r="I24" s="7">
         <v>11.25</v>
       </c>
       <c r="J24" s="7">
         <v>9.47</v>
       </c>
       <c r="K24" s="7">
         <v>8.26</v>
       </c>
       <c r="L24" s="7">
         <v>7.11</v>
       </c>
       <c r="M24" s="7">
         <v>8.49</v>
       </c>
       <c r="N24" s="7">
         <v>7.65</v>
       </c>
       <c r="O24" s="7">
         <v>8.25</v>
       </c>
       <c r="P24" s="7">
         <v>7.1</v>
       </c>
       <c r="Q24" s="7">
         <v>8.0</v>
       </c>
       <c r="R24" s="7">
         <v>8.24</v>
       </c>
       <c r="S24" s="7">
-        <v>8.63</v>
+        <v>0.0</v>
       </c>
       <c r="T24" s="7">
-        <v>9.82</v>
+        <v>0.0</v>
       </c>
       <c r="U24" s="7">
-        <v>10.13</v>
+        <v>0.0</v>
       </c>
       <c r="V24" s="7">
-        <v>10.89</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:22">
       <c r="A25" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="8"/>
       <c r="C25" s="8"/>
       <c r="D25" s="8"/>
       <c r="E25" s="8"/>
       <c r="F25" s="8"/>
       <c r="G25" s="8"/>
       <c r="H25" s="8"/>
       <c r="I25" s="8"/>
       <c r="J25" s="8"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="8"/>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="8"/>
@@ -5629,108 +5629,108 @@
       </c>
       <c r="R23" s="7">
         <v>18.72</v>
       </c>
       <c r="S23" s="7">
         <v>15.59</v>
       </c>
       <c r="T23" s="7">
         <v>19.65</v>
       </c>
       <c r="U23" s="7">
         <v>20.75</v>
       </c>
       <c r="V23" s="7">
         <v>24.98</v>
       </c>
     </row>
     <row r="24" spans="1:22">
       <c r="A24" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B24" s="7">
         <v>0.0</v>
       </c>
       <c r="C24" s="7">
-        <v>0.0</v>
+        <v>12.35</v>
       </c>
       <c r="D24" s="7">
         <v>9.41</v>
       </c>
       <c r="E24" s="7">
         <v>10.61</v>
       </c>
       <c r="F24" s="7">
         <v>8.98</v>
       </c>
       <c r="G24" s="7">
         <v>9.86</v>
       </c>
       <c r="H24" s="7">
         <v>10.66</v>
       </c>
       <c r="I24" s="7">
         <v>10.52</v>
       </c>
       <c r="J24" s="7">
         <v>9.37</v>
       </c>
       <c r="K24" s="7">
         <v>8.57</v>
       </c>
       <c r="L24" s="7">
         <v>7.74</v>
       </c>
       <c r="M24" s="7">
         <v>10.029999999999999</v>
       </c>
       <c r="N24" s="7">
         <v>9.79</v>
       </c>
       <c r="O24" s="7">
         <v>11.33</v>
       </c>
       <c r="P24" s="7">
         <v>9.88</v>
       </c>
       <c r="Q24" s="7">
         <v>11.12</v>
       </c>
       <c r="R24" s="7">
         <v>11.14</v>
       </c>
       <c r="S24" s="7">
-        <v>11.87</v>
+        <v>0.0</v>
       </c>
       <c r="T24" s="7">
-        <v>14.22</v>
+        <v>0.0</v>
       </c>
       <c r="U24" s="7">
-        <v>15.22</v>
+        <v>0.0</v>
       </c>
       <c r="V24" s="7">
-        <v>16.52</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:22">
       <c r="A25" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="8"/>
       <c r="C25" s="8"/>
       <c r="D25" s="8"/>
       <c r="E25" s="8"/>
       <c r="F25" s="8"/>
       <c r="G25" s="8"/>
       <c r="H25" s="8"/>
       <c r="I25" s="8"/>
       <c r="J25" s="8"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="8"/>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="8"/>