--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -949,66 +949,66 @@
       </c>
       <c r="B23" s="13">
         <v>8.16</v>
       </c>
       <c r="C23" s="13">
         <v>7.24</v>
       </c>
       <c r="D23" s="13">
         <v>6.34</v>
       </c>
       <c r="E23" s="13">
         <v>7.62</v>
       </c>
       <c r="F23" s="13">
         <v>6.62</v>
       </c>
       <c r="G23" s="13">
         <v>5.64</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="13">
-        <v>0.0</v>
+        <v>1.36</v>
       </c>
       <c r="C24" s="13">
         <v>1.29</v>
       </c>
       <c r="D24" s="13">
         <v>1.66</v>
       </c>
       <c r="E24" s="13">
         <v>2.74</v>
       </c>
       <c r="F24" s="13">
         <v>3.27</v>
       </c>
       <c r="G24" s="13">
-        <v>4.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="28.8">
       <c r="A25" s="11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="13">
         <v>0.0</v>
       </c>
       <c r="C26" s="13">
         <v>1.76</v>
       </c>
       <c r="D26" s="13">
         <v>1.6</v>
       </c>
       <c r="E26" s="13">
         <v>2.04</v>
       </c>
       <c r="F26" s="13">
         <v>2.23</v>